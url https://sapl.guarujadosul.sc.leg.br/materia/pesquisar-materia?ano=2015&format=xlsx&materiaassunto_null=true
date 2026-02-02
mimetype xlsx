--- v0 (2025-12-14)
+++ v1 (2026-02-02)
@@ -45,54 +45,54 @@
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-n-01.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Alteração da Lei Orçamentária Anual Através da Abertura de Um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-n-02.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Transferência de Recursos Financeiros à Associação de Pais e Amigos dos Excepcionais – APAE, e contém outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>3</t>
   </si>