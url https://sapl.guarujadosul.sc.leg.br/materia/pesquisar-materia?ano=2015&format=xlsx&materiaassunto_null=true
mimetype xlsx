--- v1 (2026-02-02)
+++ v2 (2026-03-25)
@@ -51,795 +51,795 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-n-01.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-n-01.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Alteração da Lei Orçamentária Anual Através da Abertura de Um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-n-02.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-n-02.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Transferência de Recursos Financeiros à Associação de Pais e Amigos dos Excepcionais – APAE, e contém outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-n-03.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-n-03.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Doação do Veículo a Associação que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-n-04.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-n-04.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Transferência de Recursos Financeiros à Associação Beneficente Hospitalar Guarujá.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-n-05.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-n-05.2015.docx</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Metropol, do Município de Guarujá do Sul, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-n-06.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-n-06.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros à Associação Atlética Metropol, e contém outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-n-07.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-n-07.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros ao Esporte Clube Palmeiras, contem outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-n-08.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-n-08.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Alteração da Lei Orçamentária Anual Através da Abertura de Um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/396/projeto-de-lei-n-09.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/396/projeto-de-lei-n-09.2015.docx</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-n-10.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-n-10.2015.docx</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-n-11.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-n-11.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros a ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE GUARUJÁ DO SUL - ACEGS, e contém outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-n-12.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-n-12.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência da Lei Orçamentária Anual Através da Abertura de Um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-n-13.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-n-13.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros a ASSOCIAÇÃO DOS UNIVERSITÁRIOS DE GUARUJÁ DO SUL e contém outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-n-14.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-n-14.2015.docx</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-n-15.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-n-15.2015.docx</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/381/projeto-de-lei-n-16.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/381/projeto-de-lei-n-16.2015.docx</t>
   </si>
   <si>
     <t>Autoriza Destinação de Entulhos, Em Forma de Doação, dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-n-17.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-n-17.2015.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n. 2.255, de 15 de março de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-n-18.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-n-18.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a revalidar a aprovação de Plano de Loteamento e Autorização para concessão de Licença e da outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-n-19.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-n-19.2015.docx</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-n-20.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-n-20.2015.docx</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-n-21.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-n-21.2015.docx</t>
   </si>
   <si>
     <t>Cria meta no PPA 2014/2017, cria meta na LDO/2015 e abre crédito especial no orçamento geral do Fundo Municipal de Saúde de Guarujá do Sul no exercício de 2015.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-n-22.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-n-22.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Concessão de transferência de Recursos Financeiros ao Centro de Tradições Gaúchas Aconchego Gaúcho, e adota outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-n-23.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-n-23.2015.docx</t>
   </si>
   <si>
     <t>Autoriza Firmar Termo de Convênio, e adota outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-n-24.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-n-24.2015.docx</t>
   </si>
   <si>
     <t>Autoriza Firmar Termo de Convênio, e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-n-25.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-n-25.2015.docx</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Cultura, de Guarujá do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-n-26.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-n-26.2015.docx</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO – PME E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-n-27.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-n-27.2015.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR A CONCESSÃO ONEROSA DE USO DE ESPAÇO PÚBLICO JUNTO AO GINÁSIO MUNICIPAL DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/369/projeto-de-lei-n-28.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/369/projeto-de-lei-n-28.2015.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/368/projeto-de-lei-n-29.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/368/projeto-de-lei-n-29.2015.docx</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/367/projeto-de-lei-n-30.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/367/projeto-de-lei-n-30.2015.docx</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/366/projeto-de-lei-n-31.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/366/projeto-de-lei-n-31.2015.docx</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/350/projeto-de-lei-n-32.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/350/projeto-de-lei-n-32.2015.docx</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/349/projeto-de-lei-n-33.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/349/projeto-de-lei-n-33.2015.docx</t>
   </si>
   <si>
     <t>Autoriza transferência de Recursos Financeiros a Associação de Danças Folclóricas Ítalo-Germânicas Danzatori Del Zauber, e adota outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/348/projeto-de-lei-n-34.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/348/projeto-de-lei-n-34.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Guarujá do Sul, Estado de Santa Catarina a firmar Termo de Convênio, e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/347/projeto-de-lei-n-35.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/347/projeto-de-lei-n-35.2015.docx</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a Transferência de Recursos Financeiros a Associação Comercial Empresarial de Guarujá do Sul – ACEGS, e contém outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/345/projeto-de-lei-n-37.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/345/projeto-de-lei-n-37.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Alteração da Lei Orçamentária Anual Através da Abertura de Um Crédito Adicional Suplementar e dá outras Providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/344/projeto-de-lei-n-38.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/344/projeto-de-lei-n-38.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a Transferência de Recursos Financeiros a Associação Guarujaense de Aparo a Vida – ÁGUA, e contém outras providências.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/343/projeto-de-lei-n-39.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/343/projeto-de-lei-n-39.2015.docx</t>
   </si>
   <si>
     <t>Dá Nova Redação ao Art. 3º da Lei Municipal 2.296/2013, que Estabelece Critérios para concessão de Diárias e Adiantamentos, Estabelece Parâmetros e contém outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/342/projeto-de-lei-n-40.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/342/projeto-de-lei-n-40.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal ausentar-se do País, e dá outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Cria o Sistema Municipal de Proteção e Defesa Civil (SIMPDEC), o Conselho Municipal de Proteção e Defesa Civil (FUMDEC) e a Coordenadoria Municipal de Proteção e Defesa Civil (COOMPDEC) no município de Guarujá do Sul, Estado de Santa Catarina, e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/340/projeto-de-lei-n-42.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/340/projeto-de-lei-n-42.2015.docx</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/339/projeto-de-lei-n-43.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/339/projeto-de-lei-n-43.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a Doar Bem Imóvel, ao Governo do Estado do Estado de Santa Catarina, conforme especifica.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/338/projeto-de-lei-n-44.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/338/projeto-de-lei-n-44.2015.docx</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/337/projeto-de-lei-n-45.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/337/projeto-de-lei-n-45.2015.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Estabelece a Política Municipal de Apoio ao Desenvolvimento da Agricultura no âmbito do Município de Guarujá do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/335/projeto-de-lei-n-47.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/335/projeto-de-lei-n-47.2015.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTIMATIVA DOS VALORES FISCAIS DO PLANO PLURIANUAL DO GOVERNO DO MUNICÍPIO DE GUARUJÁ DO SUL, PARA O PERÍODO DE 2016.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/334/projeto-de-lei-n-48.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/334/projeto-de-lei-n-48.2015.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL, AS PRIORIDADES E METAS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO-PROGRAMA PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/333/projeto-de-lei-n-49.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/333/projeto-de-lei-n-49.2015.docx</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/332/projeto-de-lei-n-50.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/332/projeto-de-lei-n-50.2015.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros à Associação de Pais e Amigos dos Excepcionais – APAE, e contém outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/331/projeto-de-lei-n-51.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/331/projeto-de-lei-n-51.2015.docx</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/330/projeto-de-lei-n-52.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/330/projeto-de-lei-n-52.2015.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/329/projeto-de-lei-n-53.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/329/projeto-de-lei-n-53.2015.docx</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/328/projeto-de-lei-n-54.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/328/projeto-de-lei-n-54.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder o uso de espaço público e dá outras providências.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/327/projeto-de-lei-n-55.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/327/projeto-de-lei-n-55.2015.docx</t>
   </si>
   <si>
     <t>Concede licença de parte da jornada de trabalho á servidora pública municipal que seja mãe, tutora, curadora ou responsável por pessoa com deficiência intelectual e múltipla, e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/326/projeto-de-lei-n-56.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/326/projeto-de-lei-n-56.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o LIONS Clube de Guarujá do Sul a instalar monumento símbolo do Clube de Serviço em espaço público – Praça Balduíno Schneider.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/325/projeto-de-lei-n-57.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/325/projeto-de-lei-n-57.2015.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE GUARUJÁ DO SUL, SC (SIM/POA), E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/324/projeto-de-lei-n-58.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/324/projeto-de-lei-n-58.2015.docx</t>
   </si>
   <si>
     <t>Aprova Plano de Loteamento e Autorização para concessão de licença da outras providencias.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/323/projeto-de-lei-n-59.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/323/projeto-de-lei-n-59.2015.docx</t>
   </si>
   <si>
     <t>Aprova Plano de Loteamento e Autorização para concessão de licença da outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/322/projeto-de-lei-n-60.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/322/projeto-de-lei-n-60.2015.docx</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/321/projeto-de-lei-n-61.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/321/projeto-de-lei-n-61.2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a aderir ao Programa BADESC Cidades e tomar empréstimo junto ao BADESC – AGÊNCIA DE FOMENTO DO ESTADO DE SANTA CATARINA S/A e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/320/projeto-de-lei-n-62.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/320/projeto-de-lei-n-62.2015.docx</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/319/projeto-de-lei-n-63.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/319/projeto-de-lei-n-63.2015.docx</t>
   </si>
   <si>
     <t>Autoriza  a transferência de Recursos Financeiros a Associação Beneficente Hospitalar Guarujá.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/318/projeto-de-lei-n-64.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/318/projeto-de-lei-n-64.2015.docx</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos vencimentos dos cargos dos Servidores Públicos Municipal, dos Subsídios dos detentores de mandatos eletivos e dos Secretários Municipais.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/317/projeto-de-lei-n-65.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/317/projeto-de-lei-n-65.2015.docx</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual no vencimento dos cargos de    Servidores,  dos Subsídios dos Cargos Eletivos e Secretários do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/316/projeto-de-lei-n-66.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/316/projeto-de-lei-n-66.2015.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão do Perímetro Urbano do Município de Guarujá do Sul, SC, através da alteração da Lei Municipal nº 763/87 de 18 de setembro de 1987, e alterações posteriores que aprovou o perímetro urbano de Guarujá do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/364/projeto-de-lei-n-01.2015-legislativo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/364/projeto-de-lei-n-01.2015-legislativo.docx</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Danças Folclóricas Ítalo-Germânicas Danzatori Del Zauber, do Município de Guarujá do Sul, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/365/projeto-de-lei-n-02.2015-legislativo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/365/projeto-de-lei-n-02.2015-legislativo.docx</t>
   </si>
   <si>
     <t>DISCIPLINA OS PROCEDIMENTOS DE BAIXA DE BENS MÓVEIS PERMANENTES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1146,68 +1146,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-n-01.2015.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-n-02.2015.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-n-03.2015.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-n-04.2015.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-n-05.2015.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-n-06.2015.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-n-07.2015.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-n-08.2015.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/396/projeto-de-lei-n-09.2015.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-n-10.2015.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-n-11.2015.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-n-12.2015.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-n-13.2015.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-n-14.2015.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-n-15.2015.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/381/projeto-de-lei-n-16.2015.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-n-17.2015.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-n-18.2015.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-n-19.2015.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-n-20.2015.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-n-21.2015.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-n-22.2015.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-n-23.2015.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-n-24.2015.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-n-25.2015.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-n-26.2015.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-n-27.2015.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/369/projeto-de-lei-n-28.2015.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/368/projeto-de-lei-n-29.2015.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/367/projeto-de-lei-n-30.2015.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/366/projeto-de-lei-n-31.2015.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/350/projeto-de-lei-n-32.2015.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/349/projeto-de-lei-n-33.2015.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/348/projeto-de-lei-n-34.2015.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/347/projeto-de-lei-n-35.2015.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/345/projeto-de-lei-n-37.2015.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/344/projeto-de-lei-n-38.2015.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/343/projeto-de-lei-n-39.2015.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/342/projeto-de-lei-n-40.2015.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/340/projeto-de-lei-n-42.2015.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/339/projeto-de-lei-n-43.2015.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/338/projeto-de-lei-n-44.2015.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/337/projeto-de-lei-n-45.2015.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/335/projeto-de-lei-n-47.2015.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/334/projeto-de-lei-n-48.2015.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/333/projeto-de-lei-n-49.2015.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/332/projeto-de-lei-n-50.2015.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/331/projeto-de-lei-n-51.2015.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/330/projeto-de-lei-n-52.2015.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/329/projeto-de-lei-n-53.2015.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/328/projeto-de-lei-n-54.2015.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/327/projeto-de-lei-n-55.2015.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/326/projeto-de-lei-n-56.2015.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/325/projeto-de-lei-n-57.2015.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/324/projeto-de-lei-n-58.2015.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/323/projeto-de-lei-n-59.2015.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/322/projeto-de-lei-n-60.2015.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/321/projeto-de-lei-n-61.2015.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/320/projeto-de-lei-n-62.2015.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/319/projeto-de-lei-n-63.2015.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/318/projeto-de-lei-n-64.2015.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/317/projeto-de-lei-n-65.2015.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/316/projeto-de-lei-n-66.2015.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/364/projeto-de-lei-n-01.2015-legislativo.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/365/projeto-de-lei-n-02.2015-legislativo.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-n-01.2015.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-n-02.2015.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-n-03.2015.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-n-04.2015.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-n-05.2015.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-n-06.2015.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-n-07.2015.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-n-08.2015.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/396/projeto-de-lei-n-09.2015.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-n-10.2015.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-n-11.2015.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-n-12.2015.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-n-13.2015.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-n-14.2015.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-n-15.2015.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/381/projeto-de-lei-n-16.2015.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-n-17.2015.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-n-18.2015.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-n-19.2015.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-n-20.2015.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-n-21.2015.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-n-22.2015.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-n-23.2015.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-n-24.2015.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-n-25.2015.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-n-26.2015.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-n-27.2015.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/369/projeto-de-lei-n-28.2015.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/368/projeto-de-lei-n-29.2015.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/367/projeto-de-lei-n-30.2015.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/366/projeto-de-lei-n-31.2015.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/350/projeto-de-lei-n-32.2015.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/349/projeto-de-lei-n-33.2015.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/348/projeto-de-lei-n-34.2015.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/347/projeto-de-lei-n-35.2015.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/345/projeto-de-lei-n-37.2015.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/344/projeto-de-lei-n-38.2015.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/343/projeto-de-lei-n-39.2015.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/342/projeto-de-lei-n-40.2015.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/340/projeto-de-lei-n-42.2015.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/339/projeto-de-lei-n-43.2015.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/338/projeto-de-lei-n-44.2015.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/337/projeto-de-lei-n-45.2015.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/335/projeto-de-lei-n-47.2015.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/334/projeto-de-lei-n-48.2015.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/333/projeto-de-lei-n-49.2015.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/332/projeto-de-lei-n-50.2015.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/331/projeto-de-lei-n-51.2015.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/330/projeto-de-lei-n-52.2015.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/329/projeto-de-lei-n-53.2015.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/328/projeto-de-lei-n-54.2015.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/327/projeto-de-lei-n-55.2015.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/326/projeto-de-lei-n-56.2015.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/325/projeto-de-lei-n-57.2015.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/324/projeto-de-lei-n-58.2015.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/323/projeto-de-lei-n-59.2015.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/322/projeto-de-lei-n-60.2015.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/321/projeto-de-lei-n-61.2015.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/320/projeto-de-lei-n-62.2015.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/319/projeto-de-lei-n-63.2015.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/318/projeto-de-lei-n-64.2015.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/317/projeto-de-lei-n-65.2015.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/316/projeto-de-lei-n-66.2015.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/364/projeto-de-lei-n-01.2015-legislativo.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2015/365/projeto-de-lei-n-02.2015-legislativo.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="245.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>