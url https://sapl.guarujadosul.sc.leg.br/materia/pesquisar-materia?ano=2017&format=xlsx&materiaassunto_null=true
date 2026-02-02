--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -36,255 +36,171 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>200</t>
+    <t>76</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>DL</t>
-[...11 lines deleted...]
-    <t>201</t>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/76/projeto-de-indica-o-n-01.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE À ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE INSTALAR UMA PRAÇA COM BRINQUEDOS RECREATIVOS PARA AS CRIANÇAS E UM CAMPO DE FUTEBOL NO BAIRRO NASCER DO SOL, LOCAL EM QUE FOI REALIZADO PELO PODER EXECUTIVO UMA TERRAPLENAGEM”.</t>
+  </si>
+  <si>
+    <t>77</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/201/decreto-02.2017-ponto-facultativo.docx</t>
-[...5 lines deleted...]
-    <t>202</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/77/projeto-de-indica-o-n-02.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ATRAVÉS DA SECRETARIA MUNICIPAL DE TRANSPORTES, OBRAS E URBANISMO, EFETUEM A TROCA DOS TUBOS EM FRENTE A RESIDÊNCIA DA FAMÍLIA BOHN DA LINHA BARRO PRETO E O ALARGAMENTO DA ESTRADA EM FRENTE A CASA DESTA FAMÍLIA ATÉ O CLUBE DA COMUNIDADE”</t>
+  </si>
+  <si>
+    <t>78</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/202/decreto-03.2017-ponto-facultativo.docx</t>
-[...2 lines deleted...]
-    <t>203</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/78/projeto-de-indica-o-n-03.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ATRAVÉS DA SECRETÁRIA MUNICIPAL DE TRANSPORTES, OBRAS E URBANISMO, EFETUEM O ALARGAMENTO DA ESTRADA NA LINHA CARAVÁGIO NAS PROXIMIDADES DA RESIDÊNCIA DO Sr. MILTON STIEGEMAIER E DO Sr. ONOFRE GONÇALVES DE OLIVEIRA, BEM COMO A LIMPEZA NAS LATERAIS PARA MELHORAR A VISIBILIDADE.”</t>
+  </si>
+  <si>
+    <t>79</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/203/decreto-04.2017-aprova-contas-do-munic-pio.docx</t>
-[...5 lines deleted...]
-    <t>204</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/79/projeto-de-indica-o-n-04.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A REFORMA DA ACADEMIA AO AR LIVRE LOCALIZADA ANEXA A PRAÇA CENTRAL. E AQUISIÇÃO DE NOVOS EQUIPAMENTOS A FIM DE MODERNIZAR O ESPAÇO”</t>
+  </si>
+  <si>
+    <t>80</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/204/decreto-05.2017.docx</t>
-[...5 lines deleted...]
-    <t>205</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/80/projeto-de-indica-o-n-05.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE FAÇA UM ESTUDO JUNTAMENTE AO DEMUTRAN A RESPEITO DOS VÁRIOS PEDIDOS JÁ FEITOS PELA CASA REFERENTE À IMPLANTAÇÃO DOS REDUTORES DE VELOCIDADES NO MUNICÍPIO”.</t>
+  </si>
+  <si>
+    <t>81</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/205/decreto-06.2017-turno-nico.docx</t>
-[...5 lines deleted...]
-    <t>206</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/81/projeto-de-indica-o-n-06.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE QUE A ADMINISTRAÇÃO MUNICIPAL, RESOLVA O PROBLEMA DE ILUMINAÇÃO PÚBLICA, NA RUA BRUNO TAUBE, LOCALIZADA NO BAIRRO TROPICAL”.</t>
+  </si>
+  <si>
+    <t>82</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/206/decreto-07.2017-turno-nico.docx</t>
-[...2 lines deleted...]
-    <t>207</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/82/projeto-de-indica-o-n-07.2017.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, A IMPLANTAÇÃO DE MECANISMOS DE ACESSO A INTERNET WIFI LIVRE E GRATUITO NA PRAÇA BALDUINO SCHNEIDER E NO GINÁSIO MUNICIPAL DE ESPORTES”.</t>
+  </si>
+  <si>
+    <t>83</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/207/decreto-08.2017-ponto-facultativo.docx</t>
-[...2 lines deleted...]
-    <t>208</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DA SECRETARIA DE TRANSPORTES, OBRAS E URBANISMO ESTUDE A VIABILIDADE DE FAZER PASSEIO NAS RUAS VEREADOR JOSÉ LEO RIPPEL, PARANÁ (AOS ARREDORES DO HOSPITAL) E MARANHÃO, A QUAL SERVE DE TRAJETO PARA A ESCOLA DE EDUCAÇÃO BÁSICA PROFESSORA ELZA MANCELOS DE MOURA”.</t>
+  </si>
+  <si>
+    <t>84</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/208/decreto-09.2017-luto-oficial.docx</t>
-[...5 lines deleted...]
-    <t>209</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/84/indica-o-verbal-n-09.2017.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADES, OU UMA RÓTULA OU UM CANTEIRO CENTRAL NO CRUZAMENTO DAS ESTRADS QUE DÃO ACESSO À LINHA MAIDANA E AO COLÉGIO DA COMUNIDADE DE PESSEGUEIRO”.</t>
+  </si>
+  <si>
+    <t>85</t>
   </si>
   <si>
     <t>10</t>
-  </si>
-[...91 lines deleted...]
-    <t>85</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/85/indica-o-verbal-n-10.2017.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE REALIZAR O ALINHAMENTO DA RUA LOCALIZADA DEFRONTE A E.E.B PROFESSORA ELZA MANCELOS DE MOURA QUE DÁ ACESSO A COMUNIDADE DE BELA VISTA”.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/86/indica-o-verbal-n-11.2017.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER UM REPASSE PARA AJUDA DE CUSTO PARA OS ALUNOS DA APAE, A QUAL IRÁ FAZER UMA VIAGEM EM VISITA A UM ZOOLÓGICO”.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>12</t>
   </si>
@@ -1351,50 +1267,134 @@
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/182/indica-o-verbal-n-.-106.2017.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE NO PRÓXIMO ANO REMANEJAR MAIS ALGUMAS TURMAS DA CRECHE PARA A EXTENSÃO (ANTIGO CENEC).”</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-indica-o-n-107.2017.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO MUNICIPAL, EM PARCERIA COM A TURMA DO PROGRAMA “PROTETOR AMBIENTAL”, QUE FAÇAM O PLANTIO DE MUDAS NATIVAS FRUTÍFERAS NA ÁREA VERDE DO LOTEAMENTO NASCER DO SOL”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/185/indica-o-verbal-n-.-108.2017.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE AGRICULTURA QUE ESTUDE A VIABILIDADE DE INSTITUIR UM PROGRAMA ESPECÍFICO DE SUBSÍDIO DE PAGAMENTO DE HORAS MÁQUINAS PARA OS AGRICULTORES ABRIREM ESTRADAS DE ROÇA”.</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/200/decreto-01.2017-prorroga-turno-nico.docx</t>
+  </si>
+  <si>
+    <t>DECRETA A PROROGAÇÃO DO EXPEDIENTE ADMINISTRATIVO DO TURNO ÚNICO.</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/201/decreto-02.2017-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/202/decreto-03.2017-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/203/decreto-04.2017-aprova-contas-do-munic-pio.docx</t>
+  </si>
+  <si>
+    <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO JOSÉ CARLOS FOIATTO, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2015.</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/204/decreto-05.2017.docx</t>
+  </si>
+  <si>
+    <t>APROVA A CONCESSÃO DA MEDALHA DE ORDEM DO MÉRITO LEGISLATIVO MUNICIPAL, DR. TIMÓTEO DAVILA PEREIRA, A SENHORA DARCI MARIA LINK ZIMMER.</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/205/decreto-06.2017-turno-nico.docx</t>
+  </si>
+  <si>
+    <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/206/decreto-07.2017-turno-nico.docx</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/207/decreto-08.2017-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/208/decreto-09.2017-luto-oficial.docx</t>
+  </si>
+  <si>
+    <t>DECRETA LUTO OFICIAL.</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/209/decreto-10.2017-ponto-facultativo.docx</t>
+  </si>
+  <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/17/mo-o-01.2017.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Organizadores do Evento Comemorativo do Dia Internacional da Mulher, ano 2017.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/18/mo-o-02.2017.docx</t>
   </si>
   <si>
     <t>Moção de Congratulações ao Prefeito Municipal pela passagem de seu aniversário.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/19/mo-o-03.2017.docx</t>
   </si>
   <si>
     <t>Moção de Repúdio a Proposta de Emenda Constitucional n0. 287/2016.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/20/mo-o-04.2017.docx</t>
@@ -1465,54 +1465,54 @@
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/40/mo-o-15.2017.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ÀS EQUIPES FINALISTAS DO CAMPEONATO MUNICIPAL DE FUTSAL.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/41/mo-o-16.2017.docx</t>
   </si>
   <si>
     <t>Moção de Apelo solicitando apoio de Vossa Excelência diante dos descasos apresentados pela distribuidora de energia elétrica – CELESC - no Município de Guarujá do Sul.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/42/mo-o-18.2017.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/43/mo-o-19.2017.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/2/reda-o-final-ao-projeto-de-lei-n.-002.2017.docx</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos vencimentos dos cargos dos Servidores Públicos Municipal, dos Subsídios dos detentores de mandatos eletivos e dos Secretários Municipais.</t>
   </si>
   <si>
     <t>Claudio Junior Weschenfelder</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/3/reda-o-final-ao-projeto-de-lei-n.-003.2017-c-pia.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer a concessão de direito real de bem imóvel, como forma de incentivo à Indústria, prestadoras de serviços, importadora, exportadoras, armazém geral, armazém alfandegado e ainda cooperativas de produção da outras providências.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/9/reda-o-final-ao-projeto-de-lei-n.-004.2017.docx</t>
   </si>
   <si>
     <t>Autoriza a transferência de Recursos Financeiros à Associação Beneficente Hospitalar Guarujá.</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/10/reda-o-final-ao-projeto-de-lei-n.-005.2017.docx</t>
   </si>
@@ -2501,51 +2501,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/200/decreto-01.2017-prorroga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/201/decreto-02.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/202/decreto-03.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/203/decreto-04.2017-aprova-contas-do-munic-pio.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/204/decreto-05.2017.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/205/decreto-06.2017-turno-nico.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/206/decreto-07.2017-turno-nico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/207/decreto-08.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/208/decreto-09.2017-luto-oficial.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/209/decreto-10.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/76/projeto-de-indica-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/77/projeto-de-indica-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/78/projeto-de-indica-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/79/projeto-de-indica-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/80/projeto-de-indica-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/81/projeto-de-indica-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/82/projeto-de-indica-o-n-07.2017.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/84/indica-o-verbal-n-09.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/85/indica-o-verbal-n-10.2017.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/86/indica-o-verbal-n-11.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/87/projeto-de-indica-o-n-12.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/88/indica-o-verbal-n-13.2017.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/89/projeto-de-indica-o-n-14.2017.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/91/projeto-de-indica-o-n-15.2017.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-indica-o-n-16.2017.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-indica-o-n-17.2017.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/94/indica-o-verbal-n-18.2017.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/95/indica-o-verbal-n-18.2017.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/97/indica-o-verbal-n-.-21.2017.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/98/indica-o-verbal-n-.-22.2017.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/99/indica-o-verbal-n-.-23.2017.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/101/projeto-de-indica-o-n-25.2017.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/102/indica-o-verbal-n-.-26.2017.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/103/indica-o-verbal-n-.-27.2017.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/104/indica-o-verbal-n-.-28.2017.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/105/indica-o-verbal-n-.-29.2017.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/106/indica-o-verbal-n-.-30.2017.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/107/indica-o-verbal-n-.-31.2017.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/108/indica-o-verbal-n-.-32.2017.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/109/indica-o-verbal-n-.-33.2017.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/110/indica-o-verbal-n-.-34.2017.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/111/indica-o-verbal-n-.-35.2017.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/112/indica-o-verbal-n-.-36.2017.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/113/indica-o-verbal-n-.-37.2017.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/114/indica-o-verbal-n-.-38.2017.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/115/indica-o-verbal-n-.-39.2017.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/116/indica-o-verbal-n-.-40.2017.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/118/indica-o-verbal-n-.-42.2017.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/119/indica-o-verbal-n-.-41.2017.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/120/indica-o-verbal-n-.-44.2017.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/121/indica-o-verbal-n-.-45.2017.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/122/indica-o-verbal-n-.-46.2017.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/123/indica-o-verbal-n-.-47.2017.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/124/indica-o-verbal-n-.-47.2017.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/125/indica-o-verbal-n-.-49.2017.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/126/indica-o-verbal-n-.-50.2017.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/127/indica-o-verbal-n-.-50.2017.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/128/indica-o-verbal-n-.-52.2017.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/129/indica-o-verbal-n-.-53.2017.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/130/indica-o-verbal-n-.-54.2017.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/131/indica-o-verbal-n-.-55.2017.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/132/indica-o-verbal-n-.-56.2017.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/133/indica-o-verbal-n-.-57.2017.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/134/indica-o-verbal-n-.-58.2017.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/135/of-cio-59.2017.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/136/of-cio-60.2017.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/137/indica-o-verbal-n-.-61.2017.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/138/indica-o-verbal-n-.-62.2017.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/139/indica-o-verbal-n-.-63.2017.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/140/indica-o-verbal-n-.-64.2017.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/141/indica-o-verbal-n-.-65.2017.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/142/indica-o-verbal-n-.-66.2017.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/143/indica-o-verbal-n-.-67.2017.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/144/indica-o-verbal-n-.-68.2017.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/145/indica-o-verbal-n-.-69.2017.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/146/indica-o-verbal-n-.-70.2017.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/147/indica-o-verbal-n-.-71.2017.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/148/indica-o-verbal-n-.-72.2017.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-verbal-n-.-73.2017.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-verbal-n-.-74.2017.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-verbal-n-.-75.2017.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-verbal-n-.-76.2017.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/153/projeto-de-indica-o-n-77.2017.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-verbal-n-.-78.2017.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-verbal-n-.-79.2017.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-verbal-n-.-70.2017.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/157/projeto-de-indica-o-n-81.2017.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/158/projeto-de-indica-o-n-82.2017.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/159/indica-o-verbal-n-.-83.2017.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-verbal-n-.-84.2017.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-verbal-n-.-85.2017.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/162/indica-o-verbal-n-.-86.2017.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/163/projeto-de-indica-o-n-87.2017.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/164/indica-o-verbal-n-.-88.2017.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/165/indica-o-verbal-n-.-89.2017.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/166/indica-o-verbal-n-.-90.2017.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/167/indica-o-verbal-n-.-91.2017.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/168/indica-o-verbal-n-.-92.2017.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/170/projeto-de-indica-o-n-94.2017.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/171/projeto-de-indica-o-n-95.2017.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/172/indica-o-verbal-n-.-86.2017.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/173/indica-o-verbal-n-.-97.2017.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/174/projeto-de-indica-o-n-98.2017.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/175/indica-o-verbal-n-.-99.2017.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/176/indica-o-verbal-n-.-100.2017.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/177/projeto-de-indica-o-n-101.2017.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/178/indica-o-verbal-n-.-102.2017.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/179/indica-o-verbal-n-.-103.2017.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/180/indica-o-verbal-n-.-104.2017.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/181/indica-o-verbal-n-.-105.2017.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/182/indica-o-verbal-n-.-106.2017.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-indica-o-n-107.2017.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/185/indica-o-verbal-n-.-108.2017.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/17/mo-o-01.2017.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/18/mo-o-02.2017.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/19/mo-o-03.2017.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/20/mo-o-04.2017.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/21/mo-o-05.2017.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/22/mo-o-06.2017.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/23/mo-o-07.2017.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/24/mo-o-08.2017.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/34/reda-o-final-ao-projeto-de-lei-n.-009.2017.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/35/mo-o-10.2017.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/36/mo-o-11.2017.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/37/mo-o-12.2017.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/38/mo-o-13.2017.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/39/mo-o-14.2017.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/40/mo-o-15.2017.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/41/mo-o-16.2017.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/42/mo-o-18.2017.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/43/mo-o-19.2017.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/2/reda-o-final-ao-projeto-de-lei-n.-002.2017.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/3/reda-o-final-ao-projeto-de-lei-n.-003.2017-c-pia.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/9/reda-o-final-ao-projeto-de-lei-n.-004.2017.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/10/reda-o-final-ao-projeto-de-lei-n.-005.2017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/257/reda-o-final-ao-projeto-de-lei-n.-006.2017.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/256/reda-o-final-ao-projeto-de-lei-n.-007.2017.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/255/reda-o-final-ao-projeto-de-lei-n.-008.2017.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/254/reda-o-final-ao-projeto-de-lei-n.-009.2017.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/253/reda-o-final-ao-projeto-de-lei-n.-010.2017.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/251/reda-o-final-ao-projeto-de-lei-n.-012.2017.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/250/reda-o-final-ao-projeto-de-lei-n.-013.2017.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/249/reda-o-final-ao-projeto-de-lei-n.-014.2017.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/248/reda-o-final-ao-projeto-de-lei-n.-015.2017.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/247/reda-o-final-ao-projeto-de-lei-n.-016.2017.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/246/reda-o-final-ao-projeto-de-lei-n.-017.2017.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/245/reda-o-final-ao-projeto-de-lei-n.-018.2017.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/244/reda-o-final-ao-projeto-de-lei-n.-019.2017.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/243/reda-o-final-ao-projeto-de-lei-n.-020.2017.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/242/reda-o-final-ao-projeto-de-lei-n.-021.2017.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/241/reda-o-final-ao-projeto-de-lei-n.-022.2017.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/240/reda-o-final-ao-projeto-de-lei-n.-023.2017.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/239/reda-o-final-ao-projeto-de-lei-n.-024.2017.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/238/reda-o-final-ao-projeto-de-lei-n.-025.2017.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/237/reda-o-final-ao-projeto-de-lei-n.-026.2017.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/236/reda-o-final-ao-projeto-de-lei-n.-027.2017.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/235/reda-o-final-ao-projeto-de-lei-n.-028.2017.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/234/reda-o-final-ao-projeto-de-lei-n.-029.2017.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/233/reda-o-final-ao-projeto-de-lei-n.-030.2017.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/232/reda-o-final-ao-projeto-de-lei-n.-031.2017.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/231/reda-o-final-ao-projeto-de-lei-n.-032.2017.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/230/reda-o-final-ao-projeto-de-lei-n.-033.2017.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/229/reda-o-final-ao-projeto-de-lei-n.-034.2017.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/228/reda-o-final-ao-projeto-de-lei-n.-035.2017.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/227/reda-o-final-ao-projeto-de-lei-n.-036.2017.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/226/reda-o-final-ao-projeto-de-lei-n.-037.2017.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/225/reda-o-final-ao-projeto-de-lei-n.-038.2017.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/224/reda-o-final-ao-projeto-de-lei-n.-039.2017.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/223/reda-o-final-ao-projeto-de-lei-n.-040.2017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/222/reda-o-final-ao-projeto-de-lei-n.-041.2017.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/221/reda-o-final-ao-projeto-de-lei-n.-042.2017.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/220/reda-o-final-ao-projeto-de-lei-n.-043.2017.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/219/reda-o-final-ao-projeto-de-lei-n.-044.2017.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/16/reda-o-final-ao-projeto-de-lei-n.-045.2017.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/15/reda-o-final-ao-projeto-de-lei-n.-046.2017.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/14/reda-o-final-ao-projeto-de-lei-n.-047.2017.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/12/reda-o-final-ao-projeto-de-lei-n.-048.2017.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/1/reda-o-final-ao-projeto-de-lei-n.-049.2017.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/13/reda-o-final-ao-projeto-de-lei-n.-050.2017.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/11/reda-o-final-ao-projeto-de-lei-n.-051.2017.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/25/reda-o-final-ao-projeto-de-lei-n.-052.2017.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/26/reda-o-final-ao-projeto-de-lei-n.-053.2017.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/27/reda-o-final-ao-projeto-de-lei-n.-054.2017.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/28/reda-o-final-ao-projeto-de-lei-n.-055.2017.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/29/reda-o-final-ao-projeto-de-lei-n.-056.2017.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/31/reda-o-final-ao-projeto-de-lei-n.-058.2017.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/32/reda-o-final-ao-projeto-de-lei-n.-059.2017.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/33/reda-o-final-ao-projeto-de-lei-n-060.2017.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/4/reda-o-final-lei-complementar-n.-31.2017.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/5/reda-o-final-lei-complementar-n.-32.2017.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/6/reda-o-final-lei-complementar-n.-33.2017.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/7/reda-o-final-lei-complementar-n.-34.2017.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/8/reda-o-final-lei-complementar-n.-35.2017.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/489/redacao_final_lei_complementar_n._36.2017.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/490/redacao_final_lei_complementar_n._37.2017.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/491/redacao_final_lei_complementar_n._38.2017.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/492/redacao_final_lei_complementar_n._39.2017.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/216/projeto-de-lei-n.-01.2017.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/218/projeto-de-lei-n.-03.017.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/186/requerimento-verbal-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/187/requerimento-verbal-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/188/requerimento-verbal-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/189/requerimento-verbal-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/190/requerimento-verbal-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/191/requerimento-verbal-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/192/requerimento-verbal-n-07.2017.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/193/requerimento-verbal-n-08.2017.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/194/requerimento-verbal-n-09.2017.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/195/requerimento-verbal-n-10.2017.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/196/requerimento-verbal-n-11.2017.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/197/requerimento-verbal-n-12.2017.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/198/requerimento-verbal-n-13.2017.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/199/requerimento-verbal-n-14.2017.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/76/projeto-de-indica-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/77/projeto-de-indica-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/78/projeto-de-indica-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/79/projeto-de-indica-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/80/projeto-de-indica-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/81/projeto-de-indica-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/82/projeto-de-indica-o-n-07.2017.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/84/indica-o-verbal-n-09.2017.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/85/indica-o-verbal-n-10.2017.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/86/indica-o-verbal-n-11.2017.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/87/projeto-de-indica-o-n-12.2017.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/88/indica-o-verbal-n-13.2017.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/89/projeto-de-indica-o-n-14.2017.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/91/projeto-de-indica-o-n-15.2017.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/92/projeto-de-indica-o-n-16.2017.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/93/projeto-de-indica-o-n-17.2017.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/94/indica-o-verbal-n-18.2017.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/95/indica-o-verbal-n-18.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/97/indica-o-verbal-n-.-21.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/98/indica-o-verbal-n-.-22.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/99/indica-o-verbal-n-.-23.2017.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/101/projeto-de-indica-o-n-25.2017.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/102/indica-o-verbal-n-.-26.2017.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/103/indica-o-verbal-n-.-27.2017.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/104/indica-o-verbal-n-.-28.2017.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/105/indica-o-verbal-n-.-29.2017.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/106/indica-o-verbal-n-.-30.2017.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/107/indica-o-verbal-n-.-31.2017.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/108/indica-o-verbal-n-.-32.2017.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/109/indica-o-verbal-n-.-33.2017.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/110/indica-o-verbal-n-.-34.2017.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/111/indica-o-verbal-n-.-35.2017.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/112/indica-o-verbal-n-.-36.2017.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/113/indica-o-verbal-n-.-37.2017.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/114/indica-o-verbal-n-.-38.2017.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/115/indica-o-verbal-n-.-39.2017.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/116/indica-o-verbal-n-.-40.2017.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/118/indica-o-verbal-n-.-42.2017.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/119/indica-o-verbal-n-.-41.2017.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/120/indica-o-verbal-n-.-44.2017.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/121/indica-o-verbal-n-.-45.2017.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/122/indica-o-verbal-n-.-46.2017.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/123/indica-o-verbal-n-.-47.2017.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/124/indica-o-verbal-n-.-47.2017.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/125/indica-o-verbal-n-.-49.2017.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/126/indica-o-verbal-n-.-50.2017.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/127/indica-o-verbal-n-.-50.2017.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/128/indica-o-verbal-n-.-52.2017.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/129/indica-o-verbal-n-.-53.2017.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/130/indica-o-verbal-n-.-54.2017.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/131/indica-o-verbal-n-.-55.2017.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/132/indica-o-verbal-n-.-56.2017.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/133/indica-o-verbal-n-.-57.2017.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/134/indica-o-verbal-n-.-58.2017.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/135/of-cio-59.2017.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/136/of-cio-60.2017.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/137/indica-o-verbal-n-.-61.2017.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/138/indica-o-verbal-n-.-62.2017.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/139/indica-o-verbal-n-.-63.2017.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/140/indica-o-verbal-n-.-64.2017.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/141/indica-o-verbal-n-.-65.2017.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/142/indica-o-verbal-n-.-66.2017.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/143/indica-o-verbal-n-.-67.2017.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/144/indica-o-verbal-n-.-68.2017.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/145/indica-o-verbal-n-.-69.2017.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/146/indica-o-verbal-n-.-70.2017.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/147/indica-o-verbal-n-.-71.2017.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/148/indica-o-verbal-n-.-72.2017.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/149/indica-o-verbal-n-.-73.2017.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/150/indica-o-verbal-n-.-74.2017.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/151/indica-o-verbal-n-.-75.2017.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/152/indica-o-verbal-n-.-76.2017.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/153/projeto-de-indica-o-n-77.2017.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/154/indica-o-verbal-n-.-78.2017.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/155/indica-o-verbal-n-.-79.2017.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/156/indica-o-verbal-n-.-70.2017.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/157/projeto-de-indica-o-n-81.2017.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/158/projeto-de-indica-o-n-82.2017.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/159/indica-o-verbal-n-.-83.2017.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/160/indica-o-verbal-n-.-84.2017.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/161/indica-o-verbal-n-.-85.2017.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/162/indica-o-verbal-n-.-86.2017.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/163/projeto-de-indica-o-n-87.2017.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/164/indica-o-verbal-n-.-88.2017.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/165/indica-o-verbal-n-.-89.2017.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/166/indica-o-verbal-n-.-90.2017.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/167/indica-o-verbal-n-.-91.2017.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/168/indica-o-verbal-n-.-92.2017.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/170/projeto-de-indica-o-n-94.2017.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/171/projeto-de-indica-o-n-95.2017.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/172/indica-o-verbal-n-.-86.2017.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/173/indica-o-verbal-n-.-97.2017.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/174/projeto-de-indica-o-n-98.2017.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/175/indica-o-verbal-n-.-99.2017.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/176/indica-o-verbal-n-.-100.2017.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/177/projeto-de-indica-o-n-101.2017.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/178/indica-o-verbal-n-.-102.2017.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/179/indica-o-verbal-n-.-103.2017.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/180/indica-o-verbal-n-.-104.2017.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/181/indica-o-verbal-n-.-105.2017.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/182/indica-o-verbal-n-.-106.2017.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-indica-o-n-107.2017.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/185/indica-o-verbal-n-.-108.2017.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/200/decreto-01.2017-prorroga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/201/decreto-02.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/202/decreto-03.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/203/decreto-04.2017-aprova-contas-do-munic-pio.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/204/decreto-05.2017.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/205/decreto-06.2017-turno-nico.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/206/decreto-07.2017-turno-nico.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/207/decreto-08.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/208/decreto-09.2017-luto-oficial.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/209/decreto-10.2017-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/17/mo-o-01.2017.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/18/mo-o-02.2017.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/19/mo-o-03.2017.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/20/mo-o-04.2017.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/21/mo-o-05.2017.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/22/mo-o-06.2017.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/23/mo-o-07.2017.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/24/mo-o-08.2017.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/34/reda-o-final-ao-projeto-de-lei-n.-009.2017.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/35/mo-o-10.2017.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/36/mo-o-11.2017.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/37/mo-o-12.2017.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/38/mo-o-13.2017.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/39/mo-o-14.2017.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/40/mo-o-15.2017.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/41/mo-o-16.2017.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/42/mo-o-18.2017.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/43/mo-o-19.2017.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/2/reda-o-final-ao-projeto-de-lei-n.-002.2017.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/3/reda-o-final-ao-projeto-de-lei-n.-003.2017-c-pia.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/9/reda-o-final-ao-projeto-de-lei-n.-004.2017.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/10/reda-o-final-ao-projeto-de-lei-n.-005.2017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/257/reda-o-final-ao-projeto-de-lei-n.-006.2017.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/256/reda-o-final-ao-projeto-de-lei-n.-007.2017.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/255/reda-o-final-ao-projeto-de-lei-n.-008.2017.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/254/reda-o-final-ao-projeto-de-lei-n.-009.2017.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/253/reda-o-final-ao-projeto-de-lei-n.-010.2017.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/251/reda-o-final-ao-projeto-de-lei-n.-012.2017.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/250/reda-o-final-ao-projeto-de-lei-n.-013.2017.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/249/reda-o-final-ao-projeto-de-lei-n.-014.2017.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/248/reda-o-final-ao-projeto-de-lei-n.-015.2017.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/247/reda-o-final-ao-projeto-de-lei-n.-016.2017.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/246/reda-o-final-ao-projeto-de-lei-n.-017.2017.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/245/reda-o-final-ao-projeto-de-lei-n.-018.2017.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/244/reda-o-final-ao-projeto-de-lei-n.-019.2017.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/243/reda-o-final-ao-projeto-de-lei-n.-020.2017.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/242/reda-o-final-ao-projeto-de-lei-n.-021.2017.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/241/reda-o-final-ao-projeto-de-lei-n.-022.2017.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/240/reda-o-final-ao-projeto-de-lei-n.-023.2017.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/239/reda-o-final-ao-projeto-de-lei-n.-024.2017.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/238/reda-o-final-ao-projeto-de-lei-n.-025.2017.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/237/reda-o-final-ao-projeto-de-lei-n.-026.2017.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/236/reda-o-final-ao-projeto-de-lei-n.-027.2017.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/235/reda-o-final-ao-projeto-de-lei-n.-028.2017.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/234/reda-o-final-ao-projeto-de-lei-n.-029.2017.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/233/reda-o-final-ao-projeto-de-lei-n.-030.2017.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/232/reda-o-final-ao-projeto-de-lei-n.-031.2017.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/231/reda-o-final-ao-projeto-de-lei-n.-032.2017.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/230/reda-o-final-ao-projeto-de-lei-n.-033.2017.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/229/reda-o-final-ao-projeto-de-lei-n.-034.2017.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/228/reda-o-final-ao-projeto-de-lei-n.-035.2017.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/227/reda-o-final-ao-projeto-de-lei-n.-036.2017.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/226/reda-o-final-ao-projeto-de-lei-n.-037.2017.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/225/reda-o-final-ao-projeto-de-lei-n.-038.2017.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/224/reda-o-final-ao-projeto-de-lei-n.-039.2017.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/223/reda-o-final-ao-projeto-de-lei-n.-040.2017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/222/reda-o-final-ao-projeto-de-lei-n.-041.2017.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/221/reda-o-final-ao-projeto-de-lei-n.-042.2017.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/220/reda-o-final-ao-projeto-de-lei-n.-043.2017.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/219/reda-o-final-ao-projeto-de-lei-n.-044.2017.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/16/reda-o-final-ao-projeto-de-lei-n.-045.2017.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/15/reda-o-final-ao-projeto-de-lei-n.-046.2017.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/14/reda-o-final-ao-projeto-de-lei-n.-047.2017.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/12/reda-o-final-ao-projeto-de-lei-n.-048.2017.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/1/reda-o-final-ao-projeto-de-lei-n.-049.2017.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/13/reda-o-final-ao-projeto-de-lei-n.-050.2017.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/11/reda-o-final-ao-projeto-de-lei-n.-051.2017.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/25/reda-o-final-ao-projeto-de-lei-n.-052.2017.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/26/reda-o-final-ao-projeto-de-lei-n.-053.2017.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/27/reda-o-final-ao-projeto-de-lei-n.-054.2017.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/28/reda-o-final-ao-projeto-de-lei-n.-055.2017.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/29/reda-o-final-ao-projeto-de-lei-n.-056.2017.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/31/reda-o-final-ao-projeto-de-lei-n.-058.2017.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/32/reda-o-final-ao-projeto-de-lei-n.-059.2017.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/33/reda-o-final-ao-projeto-de-lei-n-060.2017.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/4/reda-o-final-lei-complementar-n.-31.2017.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/5/reda-o-final-lei-complementar-n.-32.2017.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/6/reda-o-final-lei-complementar-n.-33.2017.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/7/reda-o-final-lei-complementar-n.-34.2017.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/8/reda-o-final-lei-complementar-n.-35.2017.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/489/redacao_final_lei_complementar_n._36.2017.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/490/redacao_final_lei_complementar_n._37.2017.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/491/redacao_final_lei_complementar_n._38.2017.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/492/redacao_final_lei_complementar_n._39.2017.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/216/projeto-de-lei-n.-01.2017.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/218/projeto-de-lei-n.-03.017.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/186/requerimento-verbal-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/187/requerimento-verbal-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/188/requerimento-verbal-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/189/requerimento-verbal-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/190/requerimento-verbal-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/191/requerimento-verbal-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/192/requerimento-verbal-n-07.2017.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/193/requerimento-verbal-n-08.2017.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/194/requerimento-verbal-n-09.2017.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/195/requerimento-verbal-n-10.2017.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/196/requerimento-verbal-n-11.2017.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/197/requerimento-verbal-n-12.2017.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/198/requerimento-verbal-n-13.2017.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2017/199/requerimento-verbal-n-14.2017.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2614,3338 +2614,3338 @@
       </c>
       <c r="H3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H11" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H14" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H15" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="H17" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H18" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="H21" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="H22" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="H23" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="H25" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="H26" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>116</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="H28" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="H29" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="D30" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>81</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="H30" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
       <c r="H31" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="D32" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>81</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="D33" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>138</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>126</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="D34" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>129</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="H34" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="D35" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>116</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>71</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="D36" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>151</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="H36" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>139</v>
+        <v>155</v>
       </c>
       <c r="D37" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>129</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="H37" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="D38" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="H38" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>162</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="D39" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="H39" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="D40" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>109</v>
+        <v>168</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="D41" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="D42" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
       <c r="H42" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>166</v>
+        <v>116</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H43" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="D44" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="H44" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="H45" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>179</v>
+        <v>129</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="H47" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="D48" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>157</v>
+        <v>116</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="H48" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="D49" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>109</v>
+        <v>204</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="H49" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="D50" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>196</v>
+        <v>81</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>197</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="D51" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="H51" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="D52" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>157</v>
+        <v>217</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
       <c r="H52" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="D53" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="H53" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="H54" t="s">
-        <v>205</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="D55" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="H55" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="D56" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>157</v>
+        <v>116</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="H56" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="D57" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="H57" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="D58" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>144</v>
+        <v>242</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="H58" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>232</v>
+        <v>151</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="D60" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="H60" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="H61" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="D62" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>245</v>
+        <v>129</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="H62" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="D63" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>157</v>
+        <v>116</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="D64" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>157</v>
+        <v>242</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="H64" t="s">
-        <v>255</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>166</v>
+        <v>81</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="H65" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="D66" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="H66" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="D67" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="H67" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="D68" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>270</v>
+        <v>129</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="D69" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>179</v>
+        <v>129</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="H69" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="D70" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>157</v>
+        <v>81</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="H70" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="D71" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>157</v>
+        <v>116</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="H71" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="H72" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="D73" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="H73" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="D74" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>270</v>
+        <v>129</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="H74" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="D75" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>109</v>
+        <v>242</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="H75" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="D76" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>306</v>
+        <v>8</v>
       </c>
       <c r="D77" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>157</v>
+        <v>116</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="H77" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>310</v>
+        <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="H78" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>314</v>
+        <v>19</v>
       </c>
       <c r="D79" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="H79" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>318</v>
+        <v>23</v>
       </c>
       <c r="D80" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="H80" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>322</v>
+        <v>27</v>
       </c>
       <c r="D81" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="H81" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>326</v>
+        <v>31</v>
       </c>
       <c r="D82" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="H82" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>330</v>
+        <v>35</v>
       </c>
       <c r="D83" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="H83" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>334</v>
+        <v>39</v>
       </c>
       <c r="D84" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="H84" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>338</v>
+        <v>43</v>
       </c>
       <c r="D85" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>270</v>
+        <v>129</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H85" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>342</v>
+        <v>47</v>
       </c>
       <c r="D86" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>157</v>
+        <v>81</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D87" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>144</v>
+        <v>81</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H87" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D88" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>223</v>
+        <v>351</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="H88" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D89" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="H89" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D90" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="H90" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>61</v>
+        <v>361</v>
       </c>
       <c r="D91" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>81</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H91" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D92" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>196</v>
+        <v>138</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H92" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D93" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>138</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="H93" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D94" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>367</v>
+        <v>41</v>
       </c>
       <c r="H94" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="D95" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="H95" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D96" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>12</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H96" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D97" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="H97" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="D98" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>379</v>
+        <v>195</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H98" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="D99" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H99" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="D100" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>157</v>
+        <v>81</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H100" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>389</v>
+        <v>103</v>
       </c>
       <c r="D101" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H101" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="D102" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>166</v>
+        <v>116</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H102" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="D103" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H103" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="D104" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>196</v>
+        <v>129</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>71</v>
+        <v>400</v>
       </c>
       <c r="H104" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="D105" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>179</v>
+        <v>81</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H105" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="D106" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>49</v>
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>138</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H106" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="D107" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H107" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="D108" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>223</v>
+        <v>195</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H108" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D109" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>223</v>
+        <v>81</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H109" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>127</v>
+        <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E110" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>419</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H110" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>422</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>16</v>
+      </c>
+      <c r="D111" t="s">
         <v>418</v>
       </c>
-      <c r="B111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E111" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>419</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H111" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>134</v>
+        <v>20</v>
       </c>
       <c r="D112" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E112" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>419</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="H112" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="D113" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E113" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>419</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="H113" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="D114" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E114" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>419</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="H114" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>147</v>
+        <v>32</v>
       </c>
       <c r="D115" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E115" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>419</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H115" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>151</v>
+        <v>36</v>
       </c>
       <c r="D116" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E116" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>419</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="H116" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>155</v>
+        <v>40</v>
       </c>
       <c r="D117" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E117" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>419</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H117" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="D118" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E118" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>419</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H118" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="D119" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E119" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>419</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H119" t="s">
-        <v>444</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
         <v>445</v>
       </c>
       <c r="E120" t="s">
         <v>446</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H120" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>445</v>
       </c>
       <c r="E121" t="s">
         <v>446</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H121" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>445</v>
       </c>
       <c r="E122" t="s">
         <v>446</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H122" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>117</v>
+        <v>89</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D123" t="s">
         <v>445</v>
       </c>
       <c r="E123" t="s">
         <v>446</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H123" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D124" t="s">
         <v>445</v>
       </c>
       <c r="E124" t="s">
         <v>446</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H124" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D125" t="s">
         <v>445</v>
       </c>
       <c r="E125" t="s">
         <v>446</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H125" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D126" t="s">
         <v>445</v>
       </c>
       <c r="E126" t="s">
         <v>446</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H126" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D127" t="s">
         <v>445</v>
       </c>
       <c r="E127" t="s">
         <v>446</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H127" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D128" t="s">
         <v>445</v>
       </c>
       <c r="E128" t="s">
         <v>446</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H128" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D129" t="s">
         <v>445</v>
       </c>
       <c r="E129" t="s">
         <v>446</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H129" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>183</v>
+        <v>155</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D130" t="s">
         <v>445</v>
       </c>
       <c r="E130" t="s">
         <v>446</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>467</v>
       </c>
       <c r="H130" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>187</v>
+        <v>159</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="D131" t="s">
         <v>445</v>
       </c>
       <c r="E131" t="s">
         <v>446</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H131" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D132" t="s">
         <v>445</v>
       </c>
       <c r="E132" t="s">
         <v>446</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H132" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D133" t="s">
         <v>445</v>
       </c>
       <c r="E133" t="s">
         <v>446</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>473</v>
       </c>
       <c r="H133" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>200</v>
+        <v>172</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="D134" t="s">
         <v>445</v>
       </c>
       <c r="E134" t="s">
         <v>446</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H134" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="D135" t="s">
         <v>445</v>
       </c>
       <c r="E135" t="s">
         <v>446</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H135" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>207</v>
+        <v>179</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="D136" t="s">
         <v>445</v>
       </c>
       <c r="E136" t="s">
         <v>446</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>479</v>
       </c>
       <c r="H136" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>211</v>
+        <v>183</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="D137" t="s">
         <v>445</v>
       </c>
       <c r="E137" t="s">
         <v>446</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H137" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>16</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>16</v>
       </c>
       <c r="D138" t="s">
@@ -5967,1553 +5967,1553 @@
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>483</v>
       </c>
       <c r="E139" t="s">
         <v>484</v>
       </c>
       <c r="F139" t="s">
         <v>487</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>488</v>
       </c>
       <c r="H139" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D140" t="s">
         <v>483</v>
       </c>
       <c r="E140" t="s">
         <v>484</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H140" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D141" t="s">
         <v>483</v>
       </c>
       <c r="E141" t="s">
         <v>484</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H141" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>494</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D142" t="s">
         <v>483</v>
       </c>
       <c r="E142" t="s">
         <v>484</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H142" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>497</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D143" t="s">
         <v>483</v>
       </c>
       <c r="E143" t="s">
         <v>484</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H143" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>500</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D144" t="s">
         <v>483</v>
       </c>
       <c r="E144" t="s">
         <v>484</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H144" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>503</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D145" t="s">
         <v>483</v>
       </c>
       <c r="E145" t="s">
         <v>484</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H145" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>506</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D146" t="s">
         <v>483</v>
       </c>
       <c r="E146" t="s">
         <v>484</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H146" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>508</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D147" t="s">
         <v>483</v>
       </c>
       <c r="E147" t="s">
         <v>484</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="H147" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>510</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="D148" t="s">
         <v>483</v>
       </c>
       <c r="E148" t="s">
         <v>484</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>511</v>
       </c>
       <c r="H148" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>513</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D149" t="s">
         <v>483</v>
       </c>
       <c r="E149" t="s">
         <v>484</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>514</v>
       </c>
       <c r="H149" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>516</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D150" t="s">
         <v>483</v>
       </c>
       <c r="E150" t="s">
         <v>484</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H150" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>519</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="D151" t="s">
         <v>483</v>
       </c>
       <c r="E151" t="s">
         <v>484</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>520</v>
       </c>
       <c r="H151" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>522</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="D152" t="s">
         <v>483</v>
       </c>
       <c r="E152" t="s">
         <v>484</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>523</v>
       </c>
       <c r="H152" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>525</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D153" t="s">
         <v>483</v>
       </c>
       <c r="E153" t="s">
         <v>484</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>526</v>
       </c>
       <c r="H153" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>528</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="D154" t="s">
         <v>483</v>
       </c>
       <c r="E154" t="s">
         <v>484</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>529</v>
       </c>
       <c r="H154" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>531</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="D155" t="s">
         <v>483</v>
       </c>
       <c r="E155" t="s">
         <v>484</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>532</v>
       </c>
       <c r="H155" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>534</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>117</v>
+        <v>89</v>
       </c>
       <c r="D156" t="s">
         <v>483</v>
       </c>
       <c r="E156" t="s">
         <v>484</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>535</v>
       </c>
       <c r="H156" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>537</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="D157" t="s">
         <v>483</v>
       </c>
       <c r="E157" t="s">
         <v>484</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>538</v>
       </c>
       <c r="H157" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>540</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="D158" t="s">
         <v>483</v>
       </c>
       <c r="E158" t="s">
         <v>484</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>541</v>
       </c>
       <c r="H158" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>543</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="D159" t="s">
         <v>483</v>
       </c>
       <c r="E159" t="s">
         <v>484</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>544</v>
       </c>
       <c r="H159" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>546</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="D160" t="s">
         <v>483</v>
       </c>
       <c r="E160" t="s">
         <v>484</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>547</v>
       </c>
       <c r="H160" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>549</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="D161" t="s">
         <v>483</v>
       </c>
       <c r="E161" t="s">
         <v>484</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H161" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>552</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="D162" t="s">
         <v>483</v>
       </c>
       <c r="E162" t="s">
         <v>484</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H162" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>555</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="D163" t="s">
         <v>483</v>
       </c>
       <c r="E163" t="s">
         <v>484</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H163" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>557</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="D164" t="s">
         <v>483</v>
       </c>
       <c r="E164" t="s">
         <v>484</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>558</v>
       </c>
       <c r="H164" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>560</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>152</v>
+        <v>124</v>
       </c>
       <c r="D165" t="s">
         <v>483</v>
       </c>
       <c r="E165" t="s">
         <v>484</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H165" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>562</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="D166" t="s">
         <v>483</v>
       </c>
       <c r="E166" t="s">
         <v>484</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>563</v>
       </c>
       <c r="H166" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>565</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="D167" t="s">
         <v>483</v>
       </c>
       <c r="E167" t="s">
         <v>484</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H167" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>568</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="D168" t="s">
         <v>483</v>
       </c>
       <c r="E168" t="s">
         <v>484</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>569</v>
       </c>
       <c r="H168" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>571</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="D169" t="s">
         <v>483</v>
       </c>
       <c r="E169" t="s">
         <v>484</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>572</v>
       </c>
       <c r="H169" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>574</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="D170" t="s">
         <v>483</v>
       </c>
       <c r="E170" t="s">
         <v>484</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>575</v>
       </c>
       <c r="H170" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>577</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="D171" t="s">
         <v>483</v>
       </c>
       <c r="E171" t="s">
         <v>484</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>578</v>
       </c>
       <c r="H171" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>580</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>183</v>
+        <v>155</v>
       </c>
       <c r="D172" t="s">
         <v>483</v>
       </c>
       <c r="E172" t="s">
         <v>484</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H172" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>582</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>187</v>
+        <v>159</v>
       </c>
       <c r="D173" t="s">
         <v>483</v>
       </c>
       <c r="E173" t="s">
         <v>484</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>583</v>
       </c>
       <c r="H173" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>585</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="D174" t="s">
         <v>483</v>
       </c>
       <c r="E174" t="s">
         <v>484</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>586</v>
       </c>
       <c r="H174" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>587</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
       <c r="D175" t="s">
         <v>483</v>
       </c>
       <c r="E175" t="s">
         <v>484</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>588</v>
       </c>
       <c r="H175" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>589</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>200</v>
+        <v>172</v>
       </c>
       <c r="D176" t="s">
         <v>483</v>
       </c>
       <c r="E176" t="s">
         <v>484</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H176" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>591</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="D177" t="s">
         <v>483</v>
       </c>
       <c r="E177" t="s">
         <v>484</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>592</v>
       </c>
       <c r="H177" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>593</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>207</v>
+        <v>179</v>
       </c>
       <c r="D178" t="s">
         <v>483</v>
       </c>
       <c r="E178" t="s">
         <v>484</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H178" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>596</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>211</v>
+        <v>183</v>
       </c>
       <c r="D179" t="s">
         <v>483</v>
       </c>
       <c r="E179" t="s">
         <v>484</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H179" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>599</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="D180" t="s">
         <v>483</v>
       </c>
       <c r="E180" t="s">
         <v>484</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>600</v>
       </c>
       <c r="H180" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>218</v>
+        <v>190</v>
       </c>
       <c r="D181" t="s">
         <v>483</v>
       </c>
       <c r="E181" t="s">
         <v>484</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H181" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="D182" t="s">
         <v>483</v>
       </c>
       <c r="E182" t="s">
         <v>484</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>603</v>
       </c>
       <c r="H182" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="D183" t="s">
         <v>483</v>
       </c>
       <c r="E183" t="s">
         <v>484</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H183" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>231</v>
+        <v>203</v>
       </c>
       <c r="D184" t="s">
         <v>483</v>
       </c>
       <c r="E184" t="s">
         <v>484</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H184" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>10</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>236</v>
+        <v>208</v>
       </c>
       <c r="D185" t="s">
         <v>483</v>
       </c>
       <c r="E185" t="s">
         <v>484</v>
       </c>
       <c r="F185" t="s">
         <v>487</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H185" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="D186" t="s">
         <v>483</v>
       </c>
       <c r="E186" t="s">
         <v>484</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>610</v>
       </c>
       <c r="H186" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>244</v>
+        <v>216</v>
       </c>
       <c r="D187" t="s">
         <v>483</v>
       </c>
       <c r="E187" t="s">
         <v>484</v>
       </c>
       <c r="F187" t="s">
         <v>487</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H187" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D188" t="s">
         <v>483</v>
       </c>
       <c r="E188" t="s">
         <v>484</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H188" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="D189" t="s">
         <v>483</v>
       </c>
       <c r="E189" t="s">
         <v>484</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>615</v>
       </c>
       <c r="H189" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>257</v>
+        <v>229</v>
       </c>
       <c r="D190" t="s">
         <v>483</v>
       </c>
       <c r="E190" t="s">
         <v>484</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>616</v>
       </c>
       <c r="H190" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>261</v>
+        <v>233</v>
       </c>
       <c r="D191" t="s">
         <v>483</v>
       </c>
       <c r="E191" t="s">
         <v>484</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H191" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>152</v>
+        <v>124</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
       <c r="D192" t="s">
         <v>483</v>
       </c>
       <c r="E192" t="s">
         <v>484</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H192" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>274</v>
+        <v>246</v>
       </c>
       <c r="D193" t="s">
         <v>483</v>
       </c>
       <c r="E193" t="s">
         <v>484</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>622</v>
       </c>
       <c r="H193" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>278</v>
+        <v>250</v>
       </c>
       <c r="D194" t="s">
         <v>483</v>
       </c>
       <c r="E194" t="s">
         <v>484</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H194" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>282</v>
+        <v>254</v>
       </c>
       <c r="D195" t="s">
         <v>483</v>
       </c>
       <c r="E195" t="s">
         <v>484</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H195" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="D196" t="s">
         <v>626</v>
       </c>
       <c r="E196" t="s">
         <v>627</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H196" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="D197" t="s">
         <v>626</v>
       </c>
       <c r="E197" t="s">
         <v>627</v>
       </c>
       <c r="F197" t="s">
         <v>487</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H197" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="D198" t="s">
         <v>626</v>
       </c>
       <c r="E198" t="s">
         <v>627</v>
       </c>
       <c r="F198" t="s">
         <v>487</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>632</v>
       </c>
       <c r="H198" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="D199" t="s">
         <v>626</v>
       </c>
       <c r="E199" t="s">
         <v>627</v>
       </c>
       <c r="F199" t="s">
         <v>487</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H199" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="D200" t="s">
         <v>626</v>
       </c>
       <c r="E200" t="s">
         <v>627</v>
       </c>
       <c r="F200" t="s">
         <v>487</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>636</v>
       </c>
       <c r="H200" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>638</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>183</v>
+        <v>155</v>
       </c>
       <c r="D201" t="s">
         <v>626</v>
       </c>
       <c r="E201" t="s">
         <v>627</v>
       </c>
       <c r="F201" t="s">
         <v>639</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H201" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>642</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>187</v>
+        <v>159</v>
       </c>
       <c r="D202" t="s">
         <v>626</v>
       </c>
       <c r="E202" t="s">
         <v>627</v>
       </c>
       <c r="F202" t="s">
         <v>639</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H202" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>645</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="D203" t="s">
         <v>626</v>
       </c>
       <c r="E203" t="s">
         <v>627</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>646</v>
       </c>
       <c r="H203" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>648</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
       <c r="D204" t="s">
         <v>626</v>
       </c>
       <c r="E204" t="s">
         <v>627</v>
       </c>
       <c r="F204" t="s">
         <v>639</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>649</v>
       </c>
       <c r="H204" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>651</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
@@ -7610,281 +7610,281 @@
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>660</v>
       </c>
       <c r="E209" t="s">
         <v>661</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>668</v>
       </c>
       <c r="H209" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>670</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D210" t="s">
         <v>660</v>
       </c>
       <c r="E210" t="s">
         <v>661</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>671</v>
       </c>
       <c r="H210" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>673</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D211" t="s">
         <v>660</v>
       </c>
       <c r="E211" t="s">
         <v>661</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>674</v>
       </c>
       <c r="H211" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>676</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D212" t="s">
         <v>660</v>
       </c>
       <c r="E212" t="s">
         <v>661</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>677</v>
       </c>
       <c r="H212" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>679</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D213" t="s">
         <v>660</v>
       </c>
       <c r="E213" t="s">
         <v>661</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>680</v>
       </c>
       <c r="H213" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>682</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D214" t="s">
         <v>660</v>
       </c>
       <c r="E214" t="s">
         <v>661</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>683</v>
       </c>
       <c r="H214" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>685</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D215" t="s">
         <v>660</v>
       </c>
       <c r="E215" t="s">
         <v>661</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H215" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>688</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D216" t="s">
         <v>660</v>
       </c>
       <c r="E216" t="s">
         <v>661</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>689</v>
       </c>
       <c r="H216" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>691</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D217" t="s">
         <v>660</v>
       </c>
       <c r="E217" t="s">
         <v>661</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H217" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>694</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="D218" t="s">
         <v>660</v>
       </c>
       <c r="E218" t="s">
         <v>661</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H218" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>697</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D219" t="s">
         <v>660</v>
       </c>
       <c r="E219" t="s">
         <v>661</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H219" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>700</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D220" t="s">
         <v>660</v>
       </c>
       <c r="E220" t="s">
         <v>661</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>701</v>
       </c>
       <c r="H220" t="s">
         <v>702</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>