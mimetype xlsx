--- v0 (2025-12-11)
+++ v1 (2026-02-02)
@@ -36,309 +36,213 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>258</t>
+    <t>259</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>DL</t>
-[...11 lines deleted...]
-    <t>417</t>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Mônica Regina Taube, Ilário Baumgardt, Jair Tibolla, Marcos Vinícius do Santos</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DO RESPONSÁVEL PELO SERVIÇO NO MUNICÍPIO, QUE VIABILIZE A RESTAURAÇÃO DO SINAL DA INTERNET NA LINHA MAIDANA E BAIXO ARARA, AS QUAIS ESTÃO SEM INTERNET HÁ DIAS.”</t>
+  </si>
+  <si>
+    <t>260</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx</t>
-[...5 lines deleted...]
-    <t>418</t>
+    <t>Antônio André de Souza</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ATRAVÉS DO SETOR DE URBANISMO E OBRAS, QUE ESTUDE A VIABILIDADE DE FAZER O CONSERTO DA PONTE LOCALIZADA NA LINHA BELA VISTA”.</t>
+  </si>
+  <si>
+    <t>261</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx</t>
-[...2 lines deleted...]
-    <t>465</t>
+    <t>Jair Jacó Mallmann</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DA SECRETARIA DE EDUCAÇÃO, CULTURA E ESPORTE, QUE VIABILIZE A COLOCAÇÃO DE UMA REDE DE PROTEÇÃO NO GINÁSIO DO BAIRRO SULINA”.</t>
+  </si>
+  <si>
+    <t>264</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Poder Legislativo</t>
-[...8 lines deleted...]
-    <t>466</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ATRAVÉS DO SETOR DE URBANISMO E OBRAS, QUE ESTUDE A VIABILIDADE DE RETOMAR A APLICAÇÃO DO SECANTE, NO CONTROLE DE ERVAS DANINHAS, NO PERÍMETRO MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>265</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx</t>
-[...5 lines deleted...]
-    <t>467</t>
+    <t>Experiência e Trabalho</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICO, QUE ESTUDE A VIABILIDADE DE FAZER A MANUTENÇÃO E O ALARGAMENTO DA VIA QUE DÁ ACESSO A LINHA BELA VISTA AO FINAL DA RUA OTÁVIO DIEHL, NO BAIRRO SULINA”.</t>
+  </si>
+  <si>
+    <t>351</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx</t>
-[...2 lines deleted...]
-    <t>468</t>
+    <t>Ilário Baumgardt, Jair Tibolla, Marcos Vinícius do Santos, Mônica Regina Taube</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE INSERIR, NOS PRÓXIMOS CONCURSOS PÚBLICOS MUNICIPAIS, A ISENÇÃO DE TAXA DE INSCRIÇÃO PARA DOADORES DE MEDULA ÓSSEA”.</t>
+  </si>
+  <si>
+    <t>352</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx</t>
-[...2 lines deleted...]
-    <t>469</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A INSTALAÇÃO DE UM TOLDO NAS DEPENDÊNCIAS DO PRÉ - ESCOLA CLEMENTE CONTE, LOCALIZADO NA COMUNIDADE DE PESSEGUEIRO”.</t>
+  </si>
+  <si>
+    <t>353</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx</t>
-[...2 lines deleted...]
-    <t>470</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE VIABILIZE UM PARQUE INFANTIL OU A AQUISIÇÃO DE ALGUNS BRINQUEDOS PARA A ESCOLA DA LINHA PESSEGUEIRO”.</t>
+  </si>
+  <si>
+    <t>354</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx</t>
-[...2 lines deleted...]
-    <t>471</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx</t>
+  </si>
+  <si>
+    <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DO AUMENTO DA TUBULAÇÃO NA LINHA BELA VISTA, PRÓXIMO A PROPRIEDADE DA FAMÍLIA FOGIATTO, A FIM DE ALARGAR A VIA, POSSIBILITANDO O TRÁFEGO DE MÁQUINAS AGRÍCOLAS”.</t>
+  </si>
+  <si>
+    <t>355</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx</t>
-[...2 lines deleted...]
-    <t>472</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE FAÇA UMA CARTILHA EXPLICATIVA INFORMANDO EM QUE FASE ESTÁ O PROGRAMA “LAR LEGAL” DO TRIBUNAL DE JUSTIÇA – SC.”</t>
+  </si>
+  <si>
+    <t>356</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx</t>
-[...2 lines deleted...]
-    <t>473</t>
+    <t>Gilmar Klaus</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DO DEMUTRAN QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA MOLAS NA AVENIDA JOÃO PESSOA PRÓXIMO AO ACESSO DA APAE”.</t>
+  </si>
+  <si>
+    <t>357</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...130 lines deleted...]
-    <t>357</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE FAZER UM CAMPINHO, NAS PROXIMIDADES DA ESCOLA ESPECIAL CAMINHO ABERTO.”</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA-MOLAS NA VIA QUE DÁ ACESSO A LINHA CARAVAGGIO AO FINAL DA RUA OTÁVIO DIEHL ANTES DO TÉRMINO DO CALÇAMENTO, NO BAIRRO SULINA”.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>14</t>
   </si>
@@ -850,50 +754,53 @@
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE TRANSPORTE, OBRAS E URBANISMO, FAÇA A AQUISIÇÃO DE UMA MÁQUINA TRITURADORA DE GALHOS E FOLHAS.”</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, QUE FAÇA A CONSTRUÇÃO DE UM PORTAL NA ENTRADA DA CIDADE.”</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
+    <t>Poder Legislativo</t>
+  </si>
+  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE REFAZER O MAIS BREVE POSSÍVEL O PLANO DIRETOR DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE TRANSPORTE, OBRAS E URBANISMO, QUE ESTUDE A VIABILIDADE DE FAZER A PINTURA DAS DEMAIS FAIXAS DAS RUAS DA CIDADE.”</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx</t>
@@ -1013,50 +920,143 @@
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE MODELO RÓTULA NA ALTURA DA RUA JORGE LACERDA COM A ESQUINA PARANÁ, PRÓXIMO À PRAÇA MUNICIPAL”.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE ESTABELECER ALGUMA NORMA LEGAL PREVENDO DESCONTOS PECUNIÁRIOS DOS SERVIDORES PÚBLICOS A FIM DE REDUZIR OS PROBLEMAS EM DECORRÊNCIA DA APRESENTAÇÃO DE ATESTADOS MÉDICOS POR PARTE DOS SERVIDORES PÚBLICOS MUNICIPAI.”</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE QUE A SECRETARIA DA CASA ENCAMINHE UMA MOÇÃO DE APLAUSOS PARA A SENHORA IVONE ROCATELI (LOINE) PELO PROTAGONISMO DA CURTA METRAGEM “NAS CURVAS DA ESTRADA” E AO SENHOR CÉSAR LUIS THEIS PELA DIREÇÃO DO FILME “TROPEL” NO PROJETO DESCOBRINDO OS BRASIS.</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx</t>
+  </si>
+  <si>
+    <t>DECRETA A REVOGAÇÃO DO TURNO ÚNICO NO EXPEDIENTE ADMINISTRATIVO DA CÂMARA.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx</t>
+  </si>
+  <si>
+    <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO JOSÉ CARLOS FOIATTO, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2016.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx</t>
+  </si>
+  <si>
+    <t>DECRETA QUE NÃO HAVERÁ ATENDIMENTO EXTERNO NA CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx</t>
+  </si>
+  <si>
+    <t>CONVOCA MEMBROS DA COMISSÃO MUNICIPAL DO CONCURSO PÚBLICO, EDITAL 001/2018 DO PODER LEGISLATIVO MUNICIPAL PARA AUXILIAR OS TRABALHOS NA REALIZAÇÃO DO REFERIDO CONCURSO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO PARA QUE SEJA DISPONIBILIZADO UM SERVIDOR A FIM DE SER REALIZADO O CADASTRAMENTO BIOMÉTRICO NO MUNICÍPIO DE GUARUJÁ DO SUL.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx</t>
   </si>
   <si>
     <t>Moção de Repúdio a Proposta de Emenda Constitucional n0. 287/2016.</t>
   </si>
@@ -1147,54 +1147,54 @@
   <si>
     <t>MOÇÃO DE APELO PELA NÃO APROVAÇÃO DA PEC 05/2017 QUE TRAMITA NA ASSEMBLEIA LEGISLATIVA DE SANTA CATARINA - SC</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SENHORA IVONE ROCATELI (LOINE) PELO PROTAGONISMO DA CURTA METRAGEM “NAS CURVAS DA ESTRADA”.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR CÉSAR LUIS THEIS PELA DIREÇÃO DO FILME “TROPEL” NO PROJETO REVELANDO OS BRASIS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO REAL AOS VENCIMENTOS DE CARGOS QUE ESPECIFICA PERTENCENTES AO QUADRO DA ADMINISTRAÇÃO DIRETA DO MUNICIPIO DE GUARUJÁ DO SUL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.255, DE 15 DE MARÇO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -2053,51 +2053,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2116,2930 +2116,2930 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>37</v>
       </c>
-      <c r="B9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="H16" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="H19" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="H20" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="H21" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="D26" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="H27" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="H28" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="H29" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="D30" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="H30" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="H31" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="D32" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>75</v>
+        <v>146</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>55</v>
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>146</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>159</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="H36" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="D37" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>60</v>
+        <v>159</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>150</v>
+        <v>81</v>
       </c>
       <c r="H38" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="H39" t="s">
-        <v>155</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>173</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="D40" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="H40" t="s">
-        <v>159</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="D41" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>179</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="D42" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>56</v>
+        <v>183</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="H42" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>187</v>
       </c>
       <c r="D43" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>191</v>
       </c>
       <c r="D44" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>71</v>
+        <v>159</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="H44" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>177</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="H45" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="D46" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>184</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="D47" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="H47" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="H48" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="D49" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="H49" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="D50" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>113</v>
+        <v>216</v>
       </c>
       <c r="H50" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
       <c r="H51" t="s">
-        <v>204</v>
+        <v>221</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="D52" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="H52" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
+        <v>227</v>
       </c>
       <c r="D53" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>211</v>
+        <v>228</v>
       </c>
       <c r="H53" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="D54" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>215</v>
+        <v>32</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="H54" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="D55" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="H55" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="D56" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>191</v>
+        <v>58</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="H56" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="D57" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>191</v>
+        <v>244</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="H57" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>231</v>
+        <v>248</v>
       </c>
       <c r="D58" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="H58" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="D59" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="H59" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="D60" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="H60" t="s">
-        <v>241</v>
+        <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="D61" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="H61" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
       <c r="D62" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>71</v>
+        <v>265</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="H62" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
       <c r="D63" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="H63" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="D64" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>60</v>
+        <v>244</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="H64" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="D65" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="H65" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="H66" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="H67" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="D68" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="H68" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="D69" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="H69" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="D70" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>60</v>
+        <v>183</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="H70" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>283</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E71" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>302</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="H71" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>287</v>
+        <v>17</v>
       </c>
       <c r="D72" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E72" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>302</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="H72" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>290</v>
+        <v>308</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>291</v>
+        <v>22</v>
       </c>
       <c r="D73" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E73" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>302</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>292</v>
+        <v>309</v>
       </c>
       <c r="H73" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="D74" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E74" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F74" t="s">
-        <v>296</v>
+        <v>244</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="H74" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="D75" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E75" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F75" t="s">
-        <v>71</v>
+        <v>244</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="H75" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>304</v>
+        <v>36</v>
       </c>
       <c r="D76" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E76" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F76" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="H76" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>308</v>
+        <v>41</v>
       </c>
       <c r="D77" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E77" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F77" t="s">
-        <v>71</v>
+        <v>244</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="H77" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>312</v>
+        <v>45</v>
       </c>
       <c r="D78" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E78" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F78" t="s">
-        <v>60</v>
+        <v>244</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="H78" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>322</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>49</v>
+      </c>
+      <c r="D79" t="s">
+        <v>301</v>
+      </c>
+      <c r="E79" t="s">
+        <v>302</v>
+      </c>
+      <c r="F79" t="s">
+        <v>244</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H79" t="s">
         <v>315</v>
-      </c>
-[...19 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>320</v>
+        <v>53</v>
       </c>
       <c r="D80" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E80" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F80" t="s">
-        <v>71</v>
+        <v>244</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="H80" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>324</v>
+        <v>57</v>
       </c>
       <c r="D81" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E81" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F81" t="s">
-        <v>71</v>
+        <v>244</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H81" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>328</v>
+        <v>62</v>
       </c>
       <c r="D82" t="s">
-        <v>54</v>
+        <v>301</v>
       </c>
       <c r="E82" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="F82" t="s">
-        <v>215</v>
+        <v>244</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H82" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>331</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
         <v>332</v>
       </c>
       <c r="E83" t="s">
         <v>333</v>
       </c>
       <c r="F83" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>334</v>
       </c>
       <c r="H83" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>336</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D84" t="s">
         <v>332</v>
       </c>
       <c r="E84" t="s">
         <v>333</v>
       </c>
       <c r="F84" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H84" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>339</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D85" t="s">
         <v>332</v>
       </c>
       <c r="E85" t="s">
         <v>333</v>
       </c>
       <c r="F85" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>340</v>
       </c>
       <c r="H85" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>342</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D86" t="s">
         <v>332</v>
       </c>
       <c r="E86" t="s">
         <v>333</v>
       </c>
       <c r="F86" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H86" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D87" t="s">
         <v>332</v>
       </c>
       <c r="E87" t="s">
         <v>333</v>
       </c>
       <c r="F87" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>346</v>
       </c>
       <c r="H87" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>348</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D88" t="s">
         <v>332</v>
       </c>
       <c r="E88" t="s">
         <v>333</v>
       </c>
       <c r="F88" t="s">
         <v>349</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H88" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>352</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D89" t="s">
         <v>332</v>
       </c>
       <c r="E89" t="s">
         <v>333</v>
       </c>
       <c r="F89" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H89" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>355</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D90" t="s">
         <v>332</v>
       </c>
       <c r="E90" t="s">
         <v>333</v>
       </c>
       <c r="F90" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H90" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>358</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D91" t="s">
         <v>332</v>
       </c>
       <c r="E91" t="s">
         <v>333</v>
       </c>
       <c r="F91" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H91" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>361</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D92" t="s">
         <v>332</v>
       </c>
       <c r="E92" t="s">
         <v>333</v>
       </c>
       <c r="F92" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H92" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>364</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D93" t="s">
         <v>332</v>
       </c>
       <c r="E93" t="s">
         <v>333</v>
       </c>
       <c r="F93" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H93" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>367</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="D94" t="s">
         <v>332</v>
       </c>
       <c r="E94" t="s">
         <v>333</v>
       </c>
       <c r="F94" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H94" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
         <v>371</v>
       </c>
       <c r="E95" t="s">
         <v>372</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H95" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>375</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D96" t="s">
         <v>371</v>
       </c>
       <c r="E96" t="s">
         <v>372</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H96" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>378</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D97" t="s">
         <v>371</v>
       </c>
       <c r="E97" t="s">
         <v>372</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>379</v>
       </c>
       <c r="H97" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>381</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D98" t="s">
         <v>371</v>
       </c>
       <c r="E98" t="s">
         <v>372</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>382</v>
       </c>
       <c r="H98" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>384</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D99" t="s">
         <v>371</v>
       </c>
       <c r="E99" t="s">
         <v>372</v>
       </c>
       <c r="F99" t="s">
         <v>385</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>386</v>
       </c>
       <c r="H99" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>388</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D100" t="s">
         <v>371</v>
       </c>
       <c r="E100" t="s">
         <v>372</v>
       </c>
       <c r="F100" t="s">
         <v>385</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>389</v>
       </c>
       <c r="H100" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>391</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D101" t="s">
         <v>371</v>
       </c>
       <c r="E101" t="s">
         <v>372</v>
       </c>
       <c r="F101" t="s">
         <v>385</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>392</v>
       </c>
       <c r="H101" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>394</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D102" t="s">
         <v>371</v>
       </c>
       <c r="E102" t="s">
         <v>372</v>
       </c>
       <c r="F102" t="s">
         <v>385</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>395</v>
       </c>
       <c r="H102" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>397</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D103" t="s">
         <v>371</v>
       </c>
       <c r="E103" t="s">
         <v>372</v>
       </c>
       <c r="F103" t="s">
         <v>385</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H103" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>400</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D104" t="s">
         <v>371</v>
       </c>
       <c r="E104" t="s">
         <v>372</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H104" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>403</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="D105" t="s">
         <v>371</v>
       </c>
       <c r="E105" t="s">
         <v>372</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H105" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>406</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="D106" t="s">
         <v>371</v>
       </c>
       <c r="E106" t="s">
         <v>372</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H106" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>409</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="D107" t="s">
         <v>371</v>
       </c>
       <c r="E107" t="s">
         <v>372</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H107" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>412</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>111</v>
+        <v>79</v>
       </c>
       <c r="D108" t="s">
         <v>371</v>
       </c>
       <c r="E108" t="s">
         <v>372</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>413</v>
       </c>
       <c r="H108" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>415</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="D109" t="s">
         <v>371</v>
       </c>
       <c r="E109" t="s">
         <v>372</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H109" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>418</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>120</v>
+        <v>88</v>
       </c>
       <c r="D110" t="s">
         <v>371</v>
       </c>
       <c r="E110" t="s">
         <v>372</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H110" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>420</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="D111" t="s">
         <v>371</v>
       </c>
       <c r="E111" t="s">
         <v>372</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H111" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>422</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="D112" t="s">
         <v>371</v>
       </c>
       <c r="E112" t="s">
         <v>372</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>423</v>
       </c>
       <c r="H112" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>424</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>132</v>
+        <v>100</v>
       </c>
       <c r="D113" t="s">
         <v>371</v>
       </c>
       <c r="E113" t="s">
         <v>372</v>
       </c>
       <c r="F113" t="s">
         <v>385</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H113" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>427</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="D114" t="s">
         <v>371</v>
       </c>
       <c r="E114" t="s">
         <v>372</v>
       </c>
       <c r="F114" t="s">
         <v>385</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H114" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>429</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
       <c r="D115" t="s">
         <v>371</v>
       </c>
       <c r="E115" t="s">
         <v>372</v>
       </c>
       <c r="F115" t="s">
         <v>385</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>430</v>
       </c>
       <c r="H115" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>431</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
@@ -5047,1056 +5047,1056 @@
       </c>
       <c r="D116" t="s">
         <v>371</v>
       </c>
       <c r="E116" t="s">
         <v>372</v>
       </c>
       <c r="F116" t="s">
         <v>385</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H116" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>435</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="D117" t="s">
         <v>371</v>
       </c>
       <c r="E117" t="s">
         <v>372</v>
       </c>
       <c r="F117" t="s">
         <v>385</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H117" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>438</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="D118" t="s">
         <v>371</v>
       </c>
       <c r="E118" t="s">
         <v>372</v>
       </c>
       <c r="F118" t="s">
         <v>385</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H118" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>441</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="D119" t="s">
         <v>371</v>
       </c>
       <c r="E119" t="s">
         <v>372</v>
       </c>
       <c r="F119" t="s">
         <v>385</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H119" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>443</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D120" t="s">
         <v>371</v>
       </c>
       <c r="E120" t="s">
         <v>372</v>
       </c>
       <c r="F120" t="s">
         <v>385</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H120" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>446</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>161</v>
+        <v>129</v>
       </c>
       <c r="D121" t="s">
         <v>371</v>
       </c>
       <c r="E121" t="s">
         <v>372</v>
       </c>
       <c r="F121" t="s">
         <v>385</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H121" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>449</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="D122" t="s">
         <v>371</v>
       </c>
       <c r="E122" t="s">
         <v>372</v>
       </c>
       <c r="F122" t="s">
         <v>385</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>450</v>
       </c>
       <c r="H122" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>451</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="D123" t="s">
         <v>371</v>
       </c>
       <c r="E123" t="s">
         <v>372</v>
       </c>
       <c r="F123" t="s">
         <v>385</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H123" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>454</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>173</v>
+        <v>141</v>
       </c>
       <c r="D124" t="s">
         <v>371</v>
       </c>
       <c r="E124" t="s">
         <v>372</v>
       </c>
       <c r="F124" t="s">
         <v>385</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H124" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>457</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>177</v>
+        <v>145</v>
       </c>
       <c r="D125" t="s">
         <v>371</v>
       </c>
       <c r="E125" t="s">
         <v>372</v>
       </c>
       <c r="F125" t="s">
         <v>385</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>458</v>
       </c>
       <c r="H125" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>459</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="D126" t="s">
         <v>371</v>
       </c>
       <c r="E126" t="s">
         <v>372</v>
       </c>
       <c r="F126" t="s">
         <v>385</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H126" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>462</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>186</v>
+        <v>154</v>
       </c>
       <c r="D127" t="s">
         <v>371</v>
       </c>
       <c r="E127" t="s">
         <v>372</v>
       </c>
       <c r="F127" t="s">
         <v>385</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H127" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>464</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="D128" t="s">
         <v>371</v>
       </c>
       <c r="E128" t="s">
         <v>372</v>
       </c>
       <c r="F128" t="s">
         <v>385</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H128" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>466</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="D129" t="s">
         <v>371</v>
       </c>
       <c r="E129" t="s">
         <v>372</v>
       </c>
       <c r="F129" t="s">
         <v>385</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>467</v>
       </c>
       <c r="H129" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>469</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>199</v>
+        <v>167</v>
       </c>
       <c r="D130" t="s">
         <v>371</v>
       </c>
       <c r="E130" t="s">
         <v>372</v>
       </c>
       <c r="F130" t="s">
         <v>385</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H130" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>471</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>202</v>
+        <v>170</v>
       </c>
       <c r="D131" t="s">
         <v>371</v>
       </c>
       <c r="E131" t="s">
         <v>372</v>
       </c>
       <c r="F131" t="s">
         <v>385</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H131" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>474</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>206</v>
+        <v>174</v>
       </c>
       <c r="D132" t="s">
         <v>371</v>
       </c>
       <c r="E132" t="s">
         <v>372</v>
       </c>
       <c r="F132" t="s">
         <v>385</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H132" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>477</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>210</v>
+        <v>178</v>
       </c>
       <c r="D133" t="s">
         <v>371</v>
       </c>
       <c r="E133" t="s">
         <v>372</v>
       </c>
       <c r="F133" t="s">
         <v>385</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H133" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>480</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="D134" t="s">
         <v>371</v>
       </c>
       <c r="E134" t="s">
         <v>372</v>
       </c>
       <c r="F134" t="s">
         <v>385</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H134" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>483</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>219</v>
+        <v>187</v>
       </c>
       <c r="D135" t="s">
         <v>371</v>
       </c>
       <c r="E135" t="s">
         <v>372</v>
       </c>
       <c r="F135" t="s">
         <v>385</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>484</v>
       </c>
       <c r="H135" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>486</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="D136" t="s">
         <v>487</v>
       </c>
       <c r="E136" t="s">
         <v>488</v>
       </c>
       <c r="F136" t="s">
         <v>385</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H136" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>491</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>219</v>
+        <v>187</v>
       </c>
       <c r="D137" t="s">
         <v>487</v>
       </c>
       <c r="E137" t="s">
         <v>488</v>
       </c>
       <c r="F137" t="s">
         <v>385</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H137" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>493</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>223</v>
+        <v>191</v>
       </c>
       <c r="D138" t="s">
         <v>487</v>
       </c>
       <c r="E138" t="s">
         <v>488</v>
       </c>
       <c r="F138" t="s">
         <v>385</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H138" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>495</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>227</v>
+        <v>195</v>
       </c>
       <c r="D139" t="s">
         <v>487</v>
       </c>
       <c r="E139" t="s">
         <v>488</v>
       </c>
       <c r="F139" t="s">
         <v>385</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>496</v>
       </c>
       <c r="H139" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>498</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>231</v>
+        <v>199</v>
       </c>
       <c r="D140" t="s">
         <v>487</v>
       </c>
       <c r="E140" t="s">
         <v>488</v>
       </c>
       <c r="F140" t="s">
         <v>385</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>499</v>
       </c>
       <c r="H140" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>501</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
         <v>502</v>
       </c>
       <c r="E141" t="s">
         <v>503</v>
       </c>
       <c r="F141" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H141" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>506</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D142" t="s">
         <v>502</v>
       </c>
       <c r="E142" t="s">
         <v>503</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H142" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>509</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D143" t="s">
         <v>502</v>
       </c>
       <c r="E143" t="s">
         <v>503</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H143" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>512</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D144" t="s">
         <v>502</v>
       </c>
       <c r="E144" t="s">
         <v>503</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H144" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>515</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
         <v>516</v>
       </c>
       <c r="E145" t="s">
         <v>517</v>
       </c>
       <c r="F145" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H145" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>520</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D146" t="s">
         <v>516</v>
       </c>
       <c r="E146" t="s">
         <v>517</v>
       </c>
       <c r="F146" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H146" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>523</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D147" t="s">
         <v>516</v>
       </c>
       <c r="E147" t="s">
         <v>517</v>
       </c>
       <c r="F147" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H147" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>526</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D148" t="s">
         <v>516</v>
       </c>
       <c r="E148" t="s">
         <v>517</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>527</v>
       </c>
       <c r="H148" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>529</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D149" t="s">
         <v>516</v>
       </c>
       <c r="E149" t="s">
         <v>517</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H149" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>532</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D150" t="s">
         <v>516</v>
       </c>
       <c r="E150" t="s">
         <v>517</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H150" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>535</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D151" t="s">
         <v>516</v>
       </c>
       <c r="E151" t="s">
         <v>517</v>
       </c>
       <c r="F151" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H151" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>538</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D152" t="s">
         <v>516</v>
       </c>
       <c r="E152" t="s">
         <v>517</v>
       </c>
       <c r="F152" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H152" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>541</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D153" t="s">
         <v>516</v>
       </c>
       <c r="E153" t="s">
         <v>517</v>
       </c>
       <c r="F153" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H153" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>544</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D154" t="s">
         <v>516</v>
       </c>
       <c r="E154" t="s">
         <v>517</v>
       </c>
       <c r="F154" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H154" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>547</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D155" t="s">
         <v>516</v>
       </c>
       <c r="E155" t="s">
         <v>517</v>
       </c>
       <c r="F155" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>548</v>
       </c>
       <c r="H155" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>550</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D156" t="s">
         <v>516</v>
       </c>
       <c r="E156" t="s">
         <v>517</v>
       </c>
       <c r="F156" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>551</v>
       </c>
       <c r="H156" t="s">
         <v>552</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>