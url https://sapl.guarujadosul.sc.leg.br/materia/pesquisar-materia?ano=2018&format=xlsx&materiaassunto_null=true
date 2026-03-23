--- v1 (2026-02-02)
+++ v2 (2026-03-23)
@@ -54,1698 +54,1698 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Mônica Regina Taube, Ilário Baumgardt, Jair Tibolla, Marcos Vinícius do Santos</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DO RESPONSÁVEL PELO SERVIÇO NO MUNICÍPIO, QUE VIABILIZE A RESTAURAÇÃO DO SINAL DA INTERNET NA LINHA MAIDANA E BAIXO ARARA, AS QUAIS ESTÃO SEM INTERNET HÁ DIAS.”</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Antônio André de Souza</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ATRAVÉS DO SETOR DE URBANISMO E OBRAS, QUE ESTUDE A VIABILIDADE DE FAZER O CONSERTO DA PONTE LOCALIZADA NA LINHA BELA VISTA”.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jair Jacó Mallmann</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DA SECRETARIA DE EDUCAÇÃO, CULTURA E ESPORTE, QUE VIABILIZE A COLOCAÇÃO DE UMA REDE DE PROTEÇÃO NO GINÁSIO DO BAIRRO SULINA”.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ATRAVÉS DO SETOR DE URBANISMO E OBRAS, QUE ESTUDE A VIABILIDADE DE RETOMAR A APLICAÇÃO DO SECANTE, NO CONTROLE DE ERVAS DANINHAS, NO PERÍMETRO MUNICIPAL”.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Experiência e Trabalho</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICO, QUE ESTUDE A VIABILIDADE DE FAZER A MANUTENÇÃO E O ALARGAMENTO DA VIA QUE DÁ ACESSO A LINHA BELA VISTA AO FINAL DA RUA OTÁVIO DIEHL, NO BAIRRO SULINA”.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ilário Baumgardt, Jair Tibolla, Marcos Vinícius do Santos, Mônica Regina Taube</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE INSERIR, NOS PRÓXIMOS CONCURSOS PÚBLICOS MUNICIPAIS, A ISENÇÃO DE TAXA DE INSCRIÇÃO PARA DOADORES DE MEDULA ÓSSEA”.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A INSTALAÇÃO DE UM TOLDO NAS DEPENDÊNCIAS DO PRÉ - ESCOLA CLEMENTE CONTE, LOCALIZADO NA COMUNIDADE DE PESSEGUEIRO”.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE VIABILIZE UM PARQUE INFANTIL OU A AQUISIÇÃO DE ALGUNS BRINQUEDOS PARA A ESCOLA DA LINHA PESSEGUEIRO”.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DO AUMENTO DA TUBULAÇÃO NA LINHA BELA VISTA, PRÓXIMO A PROPRIEDADE DA FAMÍLIA FOGIATTO, A FIM DE ALARGAR A VIA, POSSIBILITANDO O TRÁFEGO DE MÁQUINAS AGRÍCOLAS”.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE FAÇA UMA CARTILHA EXPLICATIVA INFORMANDO EM QUE FASE ESTÁ O PROGRAMA “LAR LEGAL” DO TRIBUNAL DE JUSTIÇA – SC.”</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Gilmar Klaus</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DO DEMUTRAN QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA MOLAS NA AVENIDA JOÃO PESSOA PRÓXIMO AO ACESSO DA APAE”.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE FAZER UM CAMPINHO, NAS PROXIMIDADES DA ESCOLA ESPECIAL CAMINHO ABERTO.”</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA-MOLAS NA VIA QUE DÁ ACESSO A LINHA CARAVAGGIO AO FINAL DA RUA OTÁVIO DIEHL ANTES DO TÉRMINO DO CALÇAMENTO, NO BAIRRO SULINA”.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jair Tibolla, Ilário Baumgardt, Marcos Vinícius do Santos, Mônica Regina Taube</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE DEPOSITE OS VEÍCULOS A AMBULÂNCIA QUE ESTÁ ESTACIONADA NOS FUNDOS DO POSTO DE SAÚDE E O FIESTA EM UM LUGAR PROTEGIDOS DO SOL E DA CHUVA, PARA QUE NÃO SE DETERIOREM AINDA MAIS”.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE VIABILIZE A COLOCAÇÃO DE UMA PLACA INFORMANDO AOS VENDEDORES AMBULANTES DA NECESSIDADE DO PAGAMENTO DA TAXA PARA QUE POSSAM VENDER SEUS PRODUTOS NO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Cleber Jonas Weschenfelder, Antônio André de Souza, Gilmar Klaus, Jair Jacó Mallmann</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE ACRESCENTAR NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO O MÊS DE JUNHO COMO MÊS DE CONSCIENTIZAÇÃO A PREVENÇÃO AO MEIO AMBIENTE, OS CUIDADOS COM A SAÚDE A IMPORTÂNCIA DA PRODUÇÃO ORGÂNICA E ALIMENTAÇÃO SAUDÁVEL.”</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE INSTITUIR UM PROGRAMA DE INCENTIVO AOS JÁ PRODUTORES DE ALIMENTOS ORGÂNICOS DO MUNICÍPIO, E AOS QUE ESTÃO INGRESSANDO NA ATIVIDADE.”</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A CONTRATAÇÃO DE UM ZELADOR PARA ATUAR NA LIMPEZA E MANUTENÇÃO DE ALGUNS SETORES DA ADMINISTRAÇÃO MUNICIPAIS.”</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A AQUISIÇÃO DE UM FOGÃO INDUSTRIAL PARA A COZINHA DO NÚCLEO MUNICIPAL ARCO-ÍRIS.”</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A AQUISIÇÃO DE UM BEBEDOURO NO NÚCLEO MUNICIPAL ARCO-ÍRIS.”</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E A SECRETARIA DE EDUCAÇÃO QUE O PRÉ-ESCOLAR DA LINHA PESSEGUEIRO SEJA O PRÓXIMO EDUCANDÁRIO A SER BENEFICIADO COM REFORMAS.”</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEPARTAMENTO DE ESPORTES, QUE VIABILIZE DUAS REDES PARA AS TRAVES; E, UMA BOLA PARA A QUADRA DE ESPORTES DA LINHA BAIXO ARARA.”</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A REFORMA DO MURRO DO CEMITÉRIO MUNICIPAL, O QUAL CEDEU.”</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Marcos Vinícius do Santos, Ilário Baumgardt, Jair Tibolla, Mônica Regina Taube</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE INSIRA OS SALÁRIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS NO PORTAL DA TRANSPARÊNCIA”.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A REFORMA DAS CALÇADAS DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE DÊ UMA ATENÇÃO ESPECIAL QUANTO AOS PROCEDIMENTOS NECESSÁRIO PARA PROJETAR OU ADQUIRIR UMA NOVA ÁREA PARA A AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL.”</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx</t>
   </si>
   <si>
     <t>“PROPÕE À MESA DIRETORA A INICIATIVA: DE UM PROJETO DE LEI QUE VISA ALTERAR O CAPUT DO ARTIGO 16 DA LEI ORGÂNICA MUNICIPAL, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 _x000D_
 Art. 16. A Câmara Municipal reunir-se-á, anual e ordinariamente, na sede da Câmara, de 15 (quinze) de janeiro a 15 (quinze) de dezembro, sendo necessária no mínimo uma reunião semanal._x000D_
 _x000D_
 E, UM PROJETO DE RESOLUÇÃO, ALTERANDO O CAPUT DO ARTIGO 16 E O PARÁGRAFO ÚNICO DO ARTIGO 19 DO REGIMENTO INTERNO DESTA CASA DE LEIS, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 _x000D_
 “Art. 16. As sessões legislativas ordinárias anuais são os períodos legislativos anuais de reuniões da Câmara Municipal, compreendendo o período de 15 (quinze) de janeiro a 15 (quinze) de dezembro de cada ano”._x000D_
 _x000D_
 “Art. 19. ..................................................................................”_x000D_
 _x000D_
 “Parágrafo Único. São caracterizados como de recesso parlamentar o período compreendido entre 15 de dezembro a 15 de janeiro. “</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA-MOLAS NA RUA DIONISIO CARAMORI PRÓXIMO A RESIDÊNCIA DA FAMÍLIA BUTISNKI.”</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE APÓS SANCIONADA A LEI QUE AUTORIZA O REPASSE DE RECURSOS FINANCEIROS A ASSOCIAÇÃO DOS UNIVERSITÁRIO, SEJA ENVIADO AOS MEMBROS UM OFÍCIO REPASSANDO AS INFORMAÇÃO DE COMO SE PROCEDERÁ A NOVA LEI.”</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, SEJA  IMPLANTADA UMA ROTATÓRIA, OU UM QUEBRA-MOLAS OU MESMO PLACAS DE SINALIZAÇÃO NO CRUZAMENTO QUE DÁ ACESSO A EMPRESA BONIELLA ALIMENTOS, CEMITÉRIO E LINHA GAÚCHA”.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE INSTALAR UM PARQUE INFANTIL NO LOTEAMENTO BARTH, NO TERRENO DA PREFEITURA”.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>DARCI HART</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, POR MEIO DO SETOR TRANSPORTES E OBRAS, QUE ESTUDE A VIABILIDADE DE FAZER A INSTALAÇÃO DE UM ABRIGO DE PESSOAS NA ENTRADA DA CIDADE, MAIS PRECISAMENTE EM FRENTE ÀO ANTIGO RESTAURANTE REFERÊNCIA.”</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DO DEMUTRAN QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA MOLAS NA LINHA CARAVAGGIO EM FRENTE AO CLUBE DA COMUNIDADE”.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE QUE A PREFEITURA MUNICIPAL ESTUDE A VIABILIDADE DE CONTRAÇÃO VIA PROCESSO SELETIVO OU CONCURSO PÚBLICO DE UM VIGIA (SEGURANÇA) PARA O POSTO DE SAÚDE DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ALICE GRAF LIMBERGER</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ATRAVÉS DA SECRETÁRIA MUNICIPAL DE TRANSPORTES E OBRAS, EFETUEM O ALARGAMENTO DA ESTRADA NAS PROXIMIDADES DA RESIDÊNCIA DO Sr. AMÉLIO MATUELLA, BEM COMO A LIMPEZA NAS LATERAIS PARA MELHORAR A VISIBILIDADE.”</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE EFETUAR A PAVIMENTAÇÃO DE CALÇAMENTO EM FRENTE AO CLUBE DA COMUNIDADE DA CARAVAGIO.”</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE COLOCAR UMA PLACA OU UM “OUTDOOR” IDENTIFICANDO A COMUNIDADE DE CARAVAGIO COMO O “SANTUÁRIO DA NOSSA SENHORA DO CARAVAGIO” E DESEJANDO AS BOAS VINDAS AOS VISITANTES.”</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DO AUMENTO DA TUBULAÇÃO NA LINHA PESSEGUEIRO, PRÓXIMO A PROPRIEDADE DA FAMÍLIA FOLLMANN, A FIM DE ALARGAR A VIA, POSSIBILITANDO O TRAFEGO DE MÁQUINAS AGRÍCOLAS”.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE FAZER A INSTALAÇÃO DE UMA ANTENA DE INTERNET NA COMUNIDADE DA LINHA BELA VISTA.”</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER O MELHORAMENTO DO ACESSO ÀS EMPRESAS DA FAMILIA REINISCH, LOCALIZADAS NA LINHA PESSEGUEIRO.”</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Cleber Jonas Weschenfelder</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE INCLUA NA LEI QUE REGULA A ABERTURA DE LOTEAMENTOS NO MUNICÍPIO A EXIGÊNCIA DA INSTALAÇÃO DE LÂMPADAS “LEDS” NA ILUMINAÇÃO PÚBLICA DOS NOVOS LOTEAMENTOS.”</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE FAZER A REFORMA DA QUADRA ESPORTIVA DA COMUNIDADE DA LINHA BAIXO ARARA.”</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE REFORMAR O PRÉDIO ONDE ESTÁ LOCALIZADA A FEIRA LIVRE DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE ESTUDE A VIABILIDADE DE REFORMAR O PRÉDIO ONDE ESTA LOCALIZADA A SECRETARIA DE AGRICULTURA.”</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE ESTUDE A VIABILIDADE DE REALIZAR A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO BAIRRO SANTO ANTÔNIO.”</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE NOTIFIQUE OS COMÉRCIOS QUE FAZEM USO DAS CALÇADAS PÚBLICAS PARA PROVER SEU ESTABELECIMENTO.”</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER AS REFORMAS NECESSÁRIAS NA CRECHE MUNICIPAL ASSIM COMO A MANUTENÇÃO DOS EQUIPAMENTOS.”</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL PROVIDÊNCIAS ACERCA DO SINAL DA RBS TV, EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE FAZER A REVISÃO DA ALTURA DAS PLACAS DE SINALIZAÇÃO DA CIDADE.”</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE FAZER UM ADITIVO DE 25% NO NÚMERO DE HORAS MÁQUINAS DO TRATOR DE ESTEIRA.”</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE TRANSPORTES E OBRAS, QUE ESTUDE A VIABILIDADE DE FAZER A LIMPEZA NAS LATERAIS DO ASFALTO PRÓXIMO A ENTRADA DA CIDADE, CONSIDERANDO TODA A SUA EXTENSÃO EM SENTIDO A DIONÍSIO CERQUEIRA.”</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE AGRICULTURA QUE FAÇA A DIVULGAÇÃO EM MEIOS DE COMUNICAÇÃO DO PROGRAMA DE SUBSÍDIO DE HORAS MÁQUINA DO TRATOR DE ESTEIRA TERCEIRIZADO.”</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DA SECRETARIA DE SAÚDE QUE ESTUDE A VIABILIDADE DE FAZER A AQUISIÇÃO DE APARELHOS DE NEBULIZAÇÃO E UM KIT DE OXIGÊNIO.”</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE TRANSPORTE, OBRAS E URBANISMO, FAÇA A AQUISIÇÃO DE UMA MÁQUINA TRITURADORA DE GALHOS E FOLHAS.”</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, QUE FAÇA A CONSTRUÇÃO DE UM PORTAL NA ENTRADA DA CIDADE.”</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE REFAZER O MAIS BREVE POSSÍVEL O PLANO DIRETOR DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO, POR MEIO DO SETOR DE TRANSPORTE, OBRAS E URBANISMO, QUE ESTUDE A VIABILIDADE DE FAZER A PINTURA DAS DEMAIS FAIXAS DAS RUAS DA CIDADE.”</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE AO EXECUTIVO MUNICIPAL, EM PARCERIA COM A POLICIA MILITAR, QUE ESTUDEM A VIABILIDADE DE INTERDITAR A RUA GOVERNADOR JORGE LACERDA, EM FRETE A PRAÇA MUNICIPAL, PREFERENCIALMENTE AOS DOMINGOS.”</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN, ESTUDE A VIABILIDADE DE IMPLANTAR QUEBRA-MOLAS NA RUA AFONSO DINON, NO BAIRRO VILA SULINA.”</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE UM MEIO DE COIBIR QUE AS PESSOAS ESTACIONEM OS CARROS NO ESPAÇO QUE É DETERMINADO PARA OS TRANSPORTES ESCOLARES EM FRENTE AO EDUCANDÁRIO MUNICIPAL BALDUINO HECK.”</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>GENI TEREZINHA WELTER</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE FAZER A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DE BAIXO ARARA E NO MÓDULO ESPORTIVO DA CIDADE.”</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE ESTUDE A VIABILIDADE DE PROMOVER UMA GINCANA MUNICIPAL”.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, QUE ESTUDE A VIABILIDADE DE AUXILIAR NO CUSTEIO DA OBRA DE EDIFICAÇÃO DE UM NOVO MURO DE CONTENÇÃO DA ESCOLA ESPECIAL CAMINHO ABERTO – APAE.”</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, POR MEIO DO SETOR DE TRANSPORTES E OBRAS, QUE ESTUDE A VIABILIDADE DE ATENDER AO PEDIDO DO SENHOR ERMILO VERGUTS.”</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO, QUE ESTUDE A VIABILIDADE DE REALOCAR A MÁQUINA RETROESCAVADEIRA NOVAMENTE NA SECRETÁRIA DE AGRICULTURA.”</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM QUEBRA-MOLAS NA AVENIDA JOÃO PESSOA NAS PROXIMIDADES DA RESIDÊNCIA DA SENHORA, DANIELA SCHOSSLER”.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE MODELO RÓTULA NA ALTURA DA RUA JORGE LACERDA COM A ESQUINA PARANÁ, PRÓXIMO À PRAÇA MUNICIPAL”.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE ESTABELECER ALGUMA NORMA LEGAL PREVENDO DESCONTOS PECUNIÁRIOS DOS SERVIDORES PÚBLICOS A FIM DE REDUZIR OS PROBLEMAS EM DECORRÊNCIA DA APRESENTAÇÃO DE ATESTADOS MÉDICOS POR PARTE DOS SERVIDORES PÚBLICOS MUNICIPAI.”</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx</t>
   </si>
   <si>
     <t>“SUGERE QUE A SECRETARIA DA CASA ENCAMINHE UMA MOÇÃO DE APLAUSOS PARA A SENHORA IVONE ROCATELI (LOINE) PELO PROTAGONISMO DA CURTA METRAGEM “NAS CURVAS DA ESTRADA” E AO SENHOR CÉSAR LUIS THEIS PELA DIREÇÃO DO FILME “TROPEL” NO PROJETO DESCOBRINDO OS BRASIS.</t>
   </si>
   <si>
-    <t>258</t>
-[...91 lines deleted...]
-  <si>
     <t>422</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO PARA QUE SEJA DISPONIBILIZADO UM SERVIDOR A FIM DE SER REALIZADO O CADASTRAMENTO BIOMÉTRICO NO MUNICÍPIO DE GUARUJÁ DO SUL.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx</t>
   </si>
   <si>
     <t>Moção de Repúdio a Proposta de Emenda Constitucional n0. 287/2016.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO PELA REJEIÇÃO AO PROJETO DE LEI DA CÂMARA 34/2015, QUE MODIFICA A LEGISLAÇÃO SOBRE ROTULAGEM DE ALIMENTOS COM TRANSGÊNICOS EM SUA COMPOSIÇÃO.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO nº 05/2018_x000D_
  _x000D_
 MOÇÃO DE REPÚDIO AOS PROJETOS DE LEI QUE COMPÕE O CHAMADO "PACOTE DO VENENO”.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Professores, Atores, Alunos e Funcionários que se empenharam na organização da 11ª Feira do Livro.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Ilário Baumgardt</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx</t>
   </si>
   <si>
     <t>10 TEN PM CMT INT. da 2a/11a BPM/FRON_x000D_
 DEIBER JÚNIOR HAEFLIGER_x000D_
 GUARUJÁ DO SUL - SC_x000D_
 MOÇÃO 07.2018_x000D_
 _x000D_
 MOÇÃO DE APLAUSOS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx</t>
   </si>
   <si>
     <t>EXCELENTÍSSIMO SENHOR_x000D_
 EDUARDO PINHO MOREIRA_x000D_
 GOVERNADOR ESTATUAL_x000D_
 MOÇÃO nº 08/2018_x000D_
  _x000D_
 MOÇÃO DE APELO PARA QUE SEJAM LIBERADAS AS EMENDAS PARLAMENTARES IMPOSITIVAS DA LEI ORÇAMENTÁRIA ANUAL DE 2018, E QUE SEJAM CUMPRINDAS INTEGRALMENTE A EXECUÇÃO ORÇAMENTÁRIA E FINANCEIRA DAS MESMAS.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CEONC E TODOS OS SEUS COLABORADORES.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ÀS EQUIPES FINALISTAS DO CAMPEONATO MUNICIPAL DE FUTSAL.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO PELA NÃO APROVAÇÃO DA PEC 05/2017 QUE TRAMITA NA ASSEMBLEIA LEGISLATIVA DE SANTA CATARINA - SC</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SENHORA IVONE ROCATELI (LOINE) PELO PROTAGONISMO DA CURTA METRAGEM “NAS CURVAS DA ESTRADA”.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR CÉSAR LUIS THEIS PELA DIREÇÃO DO FILME “TROPEL” NO PROJETO REVELANDO OS BRASIS.</t>
   </si>
   <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx</t>
+  </si>
+  <si>
+    <t>DECRETA A REVOGAÇÃO DO TURNO ÚNICO NO EXPEDIENTE ADMINISTRATIVO DA CÂMARA.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx</t>
+  </si>
+  <si>
+    <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO JOSÉ CARLOS FOIATTO, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2016.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx</t>
+  </si>
+  <si>
+    <t>DECRETA QUE NÃO HAVERÁ ATENDIMENTO EXTERNO NA CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx</t>
+  </si>
+  <si>
+    <t>CONVOCA MEMBROS DA COMISSÃO MUNICIPAL DO CONCURSO PÚBLICO, EDITAL 001/2018 DO PODER LEGISLATIVO MUNICIPAL PARA AUXILIAR OS TRABALHOS NA REALIZAÇÃO DO REFERIDO CONCURSO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>271</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO REAL AOS VENCIMENTOS DE CARGOS QUE ESPECIFICA PERTENCENTES AO QUADRO DA ADMINISTRAÇÃO DIRETA DO MUNICIPIO DE GUARUJÁ DO SUL, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.255, DE 15 DE MARÇO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE DE RECURSOS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL MEDIANTE INEXIGIBILIDADE DE CHAMAMENTO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx</t>
   </si>
   <si>
     <t>ALTERA LEI QUE ESTABELECE A POLÍTICA MUNICIPAL DE APOIO AO DESENVOLVIMENTO DA AGRICULTURA, REGULAMENTANDO O PROGRAMA “PARA DENTRO DA PORTEIRA” NO ÂMBITO DO MUNICÍPIO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SU, ESTADO DE SANTA CATARINA, A ADERIR, REPASSAR RECURSOS E CELEBRAR TERMO DE CONVÊNIO COM O MUNICÍPIO DE SÃO JOSÉ DO CEDRO PARA IMPLANTAÇÃO DO SISTEMA MUNICIPAL DE DEFESA DO CONSUMIDOR – SMDC.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE BENS IMÓVEIS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER A DOAÇÃO OU CONCESSÃO DE DIREITO REAL DE USO DE TERRENOS, EDIFICADOS OU NÃO, COM ENCARGOS E CLÁUSULA DE REVERSÃO, COMO FORMA DE INCENTIVO Á INDÚSTRIAS, PRESTADORAS DE SERVIÇOS, IMPORTADORAS, EXPORTADORAS, ARMAZÉM GERAL, ARMAZÉM ALFANDEGADO E AINDA COOPERATIVAS DE PRODUÇÃO, QUE ESTABELEÇAM SUAS ATIVIDADES NO MUNICÍPIO, BEM COMO AQUELAS JÁ EXISTENTES, QUE AMPLIEM SUA CAPACIDADE DE PRODUÇÃO E DEMANDA DE MÃO DE OBRA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL SUBSIDIAR A RECOLHA DE ANIMAIS MORTOS EM PROPRIEDADES RURAIS, INSTITUI O PROGRAMA “RECOLHE” NO ÂMBITO DO MUNICÍPIO DE GUARUJÁ DO SUL – SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO “JUNHO VERDE” COMO ATIVIDADE NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE GUARUJÁ DO SUL – SC, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO DE BEM MÓVEL COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE GUARUJÁ DO SUL – APAE, PARA ATENDIMENTO DE INTERESSE PÚBLICO E COLETIVO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE DESMEMBRAMENTO DE PARTES DA CHÁCARA 31, OBJETO DA MATRÍCULA 5.584, E REMEMBRAMENTO DAS PARTES DESMEMBRADAS Á CHÁCARA 32, OBJETO DA MATRÍCULA 4.180, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Termo de Cessão de Uso de Bem Móvel com a Secretaria de Estado da Assistência Social, Trabalho e Habitação, efetuar despesas e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx</t>
   </si>
   <si>
     <t>“CRIA META NO PPA 2018/2021, CRIA META NA LDO/2018 E ABRE CRÉDITO ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE GUARUJÁ DO SUL NO EXERCÍCIO DE 2018.”</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DO MUNICÍPIO DE GUARUJÁ DO SUL, SC, ATRAVÉS DA ALTERAÇÃO DA LEI MUNICIPAL N° 763/87 DE 18 DE SETEMBRO DE 1987, E ALTERAÇÕES POSTERIORES, QUE APROVOU O PERÍMETRO URBANO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DO MUNICÍPIO DE GUARUJÁ DO SUL, SC, ATRAVÉS DA ALTERAÇÃO DA LEI MUNICIPAL N° 215/69 DE 11 DE MAIO DE 1969, E ALTERAÇÕES POSTERIORES, QUE APROVOU O PERÍMETRO URBANO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTIMATIVA DOS VALORES FISCAIS DO PLANO PLURIANUAL DO GOVERNO DO MUNICÍPIO DE GUARUJÁ DO SUL, PARA O PERÍODO DE 2019.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL, AS PRIORIDADES E METAS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO-PROGRAMA PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx</t>
   </si>
   <si>
     <t>INSTITUI COMO EVENTO OFICIAL DO MUNICÍPIO, A ESCOLHA DAS SOBERANAS GUARUJAENSES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx</t>
   </si>
   <si>
     <t>APROVA DESMEMBRAMENTO COM PARCELAMENTO DO SOLO E REMEMBRAMENTO, CONTENDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx</t>
   </si>
   <si>
     <t>INSTITUI NOS TERMOS DA LEI FEDERAL Nº 13.465, DE 11 DE JULHO DE 2017 O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA DE INTERESSE SOCIAL (REURB-S) E PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA DE INTERESSE ESPECÍFICO (REURB-E), DENOMINADO SIMPLESMENTE COMO "REGULARIZA GUARUJÁ DO SUL".</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx</t>
   </si>
   <si>
     <t>“CRIA META NO PPA 2018/2021, CRIA META NA LDO/2018 E ABRE CRÉDITO ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE GUARUJÁ DO SUL NO EXERCÍCIO DE 2019.”</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI 2.464/2015 DE 16 DE DEZEMBRO DE 2015, QUE DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE GUARUJÁ DO SUL, SC (SIM/POA), E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SUL A CELEBRAR CONVÊNIO COM O ESTADO DE SANTA CATARINA ATRAVÉS DO CORPO DE BOMBEIROS MILITAR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx</t>
   </si>
   <si>
     <t>APROVA PLANO DE LOTEAMENTO E AUTORIZAÇÃO PARA CONCESSÃO DE LICENÇA DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO DE MELHORIA PARA FAZER FACE AO CUSTO DE OBRAS PÚBLICAS QUE IDENTIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS 31 E 48 DA LEI 753/87 DE 17 DE AGOSTO DE 1987, CÓDIGO DE PARCELAMENTO DE SOLO DE GUARUJÁ DO SUL, SC, ALTERADA PELA LEI COMPLEMENTAR Nº 27/2015 DE 15 DE MARÇO DE 2015 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 42 DA LEI 756/87 DE 31 DE AGOSTO DE 1987, SEÇÃO II – MULTAS DO CÓDIGO DE OBRAS DE GUARUJÁ DO SUL, SC, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx</t>
   </si>
   <si>
     <t>INSTITUI A PREMIAÇÃO "ALUNO NOTA DEZ", PARA OS ESTUDANTES DO ENSINO FUNDAMENTAL E MÉDIO DAS REDES DE ENSINO DO MUNICÍPIO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, A FILIAR-SE E A CONTRIBUIR MENSAL OU ANUALMENTE COM A UVESC - UNIÃO DOS VEREADORES DE SANTA CATARINA, COM SEDE NA CAPITAL DO ESTADO DE SANTA CATARINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO REAL AOS VENCIMENTOS DOS CARGOS DE SERVIDORES EFETIVOS E COMISSIONADOS, PERTENCENTES AO QUADRO DE FUNCIONÁRIOS DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx</t>
   </si>
   <si>
     <t>INCLUI PARÁGRAFO SEGUNDO NO ARTIGO 2º DA LEI Nº 2.342/2014, DE 24 DE MARÇO DE 2014, ALTERADA PELA LEI COMPLEMENTAR N. 28/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx</t>
   </si>
   <si>
     <t>•	A posterior e a atual grade curricular de ensino municipal;_x000D_
 •	As justificativas das modificações feitas de uma grade para outra; _x000D_
 •	 O Impacto financeiro resultante das alterações.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx</t>
   </si>
   <si>
     <t>•	Se existe duas ambulâncias que não estão rodando por falta de seguro? _x000D_
 •	Se existe outras duas que não foram feitas manutenção e o porquê? _x000D_
 •	E se tem outra que não tem o DETER e o porquê de não ter?</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx</t>
   </si>
   <si>
     <t>•	Informações referentes ao funcionamento do sistema de distribuição de terra pela Secretaria, para as áreas urbanas e rurais?_x000D_
 •	Os critérios usados quanto à distribuição das cargas para a cidade e interior. Se há distinção?</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx</t>
   </si>
   <si>
     <t>•	Informações quanto à situação do Projeto de Reforma do Clube da Possato. _x000D_
 •	Em que faze está o Projeto?_x000D_
 •	Qual o posicionamento da Administração quanto a necessidade do Projeto Arquitetônico para execução da obra, sendo que no primeiro momento não fora exigido?</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx</t>
   </si>
   <si>
     <t>•	Solicita informações referentes ao estágio em que está o Projeto de reforma do ginásio de esportes do Colégio Municipal Núcleo Arco-Íris?_x000D_
 •	Se há a possibilidade de incluir no mesmo a reforma e adequações da entrada de acesso ao do educandário?</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx</t>
   </si>
   <si>
     <t>•	A relação dos funcionários designados para os serviços de limpeza nas repartições públicas do município?_x000D_
 •	E de que forma está distribuída a escala dos serviços?</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx</t>
   </si>
   <si>
     <t>•	O Processo Licitatório n. 33/2017_x000D_
 •	A Tomada de Preço n. 04/2017_x000D_
 •	O Orçamento da Empresa Vencedora, Contrato, Atas e Habilitações de Propostas._x000D_
 •	Orçamento do Projeto.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx</t>
   </si>
   <si>
     <t>•	Informações a respeito de como funciona o processo de substituição dos professores em caso de algum docente estar de atestado._x000D_
 •	Se o processo existente está pautado em lei ou é um acordo interno da pasta?</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx</t>
   </si>
   <si>
     <t>•	Explicações do por que a Administração não disponibiliza o salário dos servidores municipais no portal da Transparência do Município.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx</t>
   </si>
   <si>
     <t>•	Relação das Assessorias que a Administração possui contrato, junto com seus respectivos nomes, salários e setores em que estão atuando.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx</t>
   </si>
   <si>
     <t>•	Informações a respeito de como está o andamento da regularização do Código Tributário Municipal;_x000D_
 •	E se há uma previsão de quando o projeto será encaminhado para essa Casa?</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx</t>
   </si>
   <si>
     <t>•	A descrição ou mapa dos trajetos percorridos pelo transporte escolar. Tanto os trajetos realizados pelos veículos de propriedade do município, quanto os trajetos percorridos pelas empresas terceirizadas._x000D_
 •	A lista dos alunos que fazem uso do transporte em cada um desses trajetos; e seus respectivos educandários.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2053,68 +2053,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/259/indica-o-verbal-n-.-01.2018.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/260/indica-o-verbal-n-.-02.2018.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/261/indica-o-verbal-n-.-03.2018.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/264/indica-o-verbal-n-.-04.2018.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/265/indica-o-verbal-n-.-05.2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/351/indica-o-verbal-n-.-06.2018.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/352/projeto-de-indica-o-n-.-07.2018.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/353/indica-o-verbal-n-.-08.2018.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/354/indica-o-verbal-n-.-09.2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/355/indica-o-verbal-n-.-10.2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/356/indica-o-verbal-n-.-11.2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/357/indica-o-verbal-n-.-12.2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/358/indica-o-verbal-n-.-13.2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/359/indica-o-verbal-n-.-14.2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/360/indica-o-verbal-n-.-15.2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/362/indica-o-verbal-n-.-17.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/397/indica-o-verbal-n-.-18.2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/398/indica-o-verbal-n-.-19.2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/399/indica-o-verbal-n-.-20.2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/400/indica-o-verbal-n-.-21.2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/401/indica-o-verbal-n-.-22.2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/402/indica-o-verbal-n-.-23.2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/403/indica-o-verbal-n-.-25.2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/404/indica-o-verbal-n-.-26.2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/405/indica-o-verbal-n-.-27.2018.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/409/indica-o-verbal-n-.-28.2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/410/indica-o-verbal-n-.-29.2018.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/411/indica-o-verbal-n-.-30.2018.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/412/indica-o-verbal-n-.-31.2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/413/indica-o-verbal-n-.-32.2018.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/438/indicacao_verbal_no._33.2018.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/439/indicacao_verbal_no._34.2018_-.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/440/indicacao_verbal_no._35.2018.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/441/indicacao_verbal_no._36.2018.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/442/indicacao_verbal_no._37.2018.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/444/indicacao_verbal_no._39.2018.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/445/indicacao_verbal_no._40.2018.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/446/indicacao_verbal_no._41.2018.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/447/indicacao_verbal_no._42.2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/448/indicacao_verbal_no._43.2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/449/indicacao_verbal_no._44.2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/450/indicacao_verbal_no._45.2018.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/451/indicacao_verbal_no._46.2018.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/452/indicacao_verbal_no._47.2018.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/453/indicacao_verbal_no._48.2018.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/454/indicacao_verbal_no._49.2018.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/455/indicacao_verbal_no._50.2018.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/456/indicacao_verbal_no._51.2018.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/457/indicacao_verbal_no._52.2018.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/458/indicacao_verbal_no._53.2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/459/indicacao_verbal_no._54.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/460/indicacao_verbal_no._55.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/461/indicacao_verbal_no._56.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/462/indicacao_verbal_no._57.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/463/indicacao_verbal_no._58.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/464/indicacao_verbal_no._59.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/508/indicacao_verbal_no._60.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/509/indicacao_verbal_no._61.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/510/indicacao_verbal_no._62.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/511/indicacao_verbal_no._63.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/512/indicacao_verbal_no._64.2018.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/513/indicacao_verbal_no._65.2018.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/514/indicacao_verbal_no._66.2018.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/515/indicacao_verbal_no._67.2018.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/516/indicacao_verbal_no._68.2018.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/517/indicacao_verbal_no._69.2018.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_indicacao_no_70.2018.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/422/mocao_01.2018.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/423/mocao_02.2018.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/424/mocao_03.2018.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/480/mocao_05.2018.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/481/mocao_06.2018.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/482/mocao_07.2017.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/483/mocao_08.2018.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/702/mocao_09.2018.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/703/mocao_10.2018.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/704/mocao_11.2018.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/705/mocao_12.2018.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/706/mocao_13.2018.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/258/decreto-01.2018-revoga-turno-nico.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/417/decreto-02.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/418/decreto-03.2018-ponto-facultativo.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/465/decreto_04.2017_aprova_contas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/466/decreto_05.2018.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/467/decreto_06.2018_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/468/decreto_07.2018.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/469/decreto_08.2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/470/decreto_09.2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/471/decreto_10.2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/472/decreto_11.2018.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/473/decreto_12.2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/271/red.-final-ao-proj.-de-lei-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/285/red.-final-ao-proj.-de-lei-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/415/red.-final-ao-proj.-de-lei-n.-05.2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/416/red.-final-ao-proj.-de-lei-n.-06.2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/419/red._final_ao_proj._de_lei_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/420/red._final_ao_proj._de_lei_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/425/red._final_ao_proj._de_lei_n._09.2018.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/426/red._final_ao_proj._de_lei_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/421/red._final_ao_proj._de_lei_n._11.2018_lpHgqx0.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/428/red._final_ao_proj._de_lei_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/429/red._final_ao_proj._de_lei_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/430/red._final_ao_proj._de_lei_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/431/red._final_ao_proj._de_lei_n._15.2018.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/432/red._final_ao_proj._de_lei_n._16.2018.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/433/red._final_ao_proj._de_lei_n._17.2018.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/434/red._final_ao_proj._de_lei_n._18.2018.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/435/red._final_ao_proj._de_lei_n._19.2018.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/436/red._final_ao_proj._de_lei_n._20.2018.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/437/red._final_ao_proj._de_lei_n._21.2018.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/484/red._final_ao_proj._de_lei_n._22.2018.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/485/red._final_ao_proj._de_lei_n._23.2018.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/486/red._final_ao_proj._de_lei_n._24.2018.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/487/red._final_ao_proj._de_lei_n._25.2018.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/488/red._final_ao_proj._de_lei_n._26.2018.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/496/red._final_ao_proj._de_lei_n._27.2018.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/524/red._final_ao_proj._de_lei_n._28.2018.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/525/red._final_ao_proj._de_lei_n._29.2018.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/497/red._final_ao_proj._de_lei_n._30.2018.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/498/red._final_ao_proj._de_lei_n._31.2018.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/499/red._final_ao_proj._de_lei_n._32.2018.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/502/red._final_ao_proj._de_lei_n._33.2018.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/503/red._final_ao_proj._de_lei_n._34.2018.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/504/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/505/red._final_ao_proj._de_lei_n._36.2018.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/506/red._final_ao_proj._de_lei_n._37.2018.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/507/red._final_ao_proj._de_lei_n._38.2018.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/519/red._final_ao_proj._de_lei_n._39.2018.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/520/red._final_ao_proj._de_lei_n._40.2018.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/521/red._final_ao_proj._de_lei_n._41.2015.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/522/red._final_ao_proj._de_lei_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/523/red._final_ao_proj._de_lei_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/493/red._final_ao_proj._lei_complementar_n._42.2018.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/494/red._final_ao_proj._lei_complementar_n._43.2018.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/495/red._final_ao_proj._lei_complementar_n._44.2018.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/500/red._final_ao_proj._lei_complementar_n._45.2018.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/501/red._final_ao_proj._lei_complementar_n._46.2018.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/427/projeto_de_lei_do_leg_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/268/projeto-de-lei-do-leg-n.-02.2018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/269/projeto-de-lei-do-leg-n.-03.2018.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/270/projeto-de-lei-do-leg-n.-04.2018.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/262/requerimento-verbal-n-01.2018.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/266/requerimento-verbal-n-02.2018.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/267/requerimento-verbal-n-03.2018.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/363/requerimento-verbal-n-04.2018.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/406/requerimento-verbal-n-05.2018.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/407/requerimento-verbal-n-06.2018.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_verbal_no_07.2018.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_verbal_no_08.2018.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_verbal_no_09.2018.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_verbal_no_10.2018.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_verbal_no_11.2018.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_verbal_no_12.2018.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3907,641 +3907,641 @@
         <v>183</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>298</v>
       </c>
       <c r="H70" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>300</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
         <v>301</v>
       </c>
       <c r="E71" t="s">
         <v>302</v>
       </c>
+      <c r="F71" t="s">
+        <v>244</v>
+      </c>
       <c r="G71" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H71" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>305</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>17</v>
       </c>
       <c r="D72" t="s">
         <v>301</v>
       </c>
       <c r="E72" t="s">
         <v>302</v>
       </c>
+      <c r="F72" t="s">
+        <v>244</v>
+      </c>
       <c r="G72" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H72" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>308</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>22</v>
       </c>
       <c r="D73" t="s">
         <v>301</v>
       </c>
       <c r="E73" t="s">
         <v>302</v>
       </c>
+      <c r="F73" t="s">
+        <v>244</v>
+      </c>
       <c r="G73" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H73" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D74" t="s">
         <v>301</v>
       </c>
       <c r="E74" t="s">
         <v>302</v>
       </c>
       <c r="F74" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H74" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D75" t="s">
         <v>301</v>
       </c>
       <c r="E75" t="s">
         <v>302</v>
       </c>
       <c r="F75" t="s">
-        <v>244</v>
+        <v>32</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H75" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D76" t="s">
         <v>301</v>
       </c>
       <c r="E76" t="s">
         <v>302</v>
       </c>
       <c r="F76" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H76" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D77" t="s">
         <v>301</v>
       </c>
       <c r="E77" t="s">
         <v>302</v>
       </c>
       <c r="F77" t="s">
         <v>244</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H77" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D78" t="s">
         <v>301</v>
       </c>
       <c r="E78" t="s">
         <v>302</v>
       </c>
       <c r="F78" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="H78" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D79" t="s">
         <v>301</v>
       </c>
       <c r="E79" t="s">
         <v>302</v>
       </c>
       <c r="F79" t="s">
         <v>244</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="H79" t="s">
-        <v>315</v>
+        <v>329</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D80" t="s">
         <v>301</v>
       </c>
       <c r="E80" t="s">
         <v>302</v>
       </c>
       <c r="F80" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="H80" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D81" t="s">
         <v>301</v>
       </c>
       <c r="E81" t="s">
         <v>302</v>
       </c>
       <c r="F81" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="H81" t="s">
-        <v>315</v>
+        <v>335</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D82" t="s">
         <v>301</v>
       </c>
       <c r="E82" t="s">
         <v>302</v>
       </c>
       <c r="F82" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="H82" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E83" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>341</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="H83" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>17</v>
       </c>
       <c r="D84" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E84" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>341</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="H84" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E85" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>341</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="H85" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D86" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E86" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F86" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D87" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E87" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F87" t="s">
-        <v>32</v>
+        <v>244</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="H87" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D88" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E88" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F88" t="s">
-        <v>349</v>
+        <v>244</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="H88" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D89" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E89" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F89" t="s">
         <v>244</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="H89" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D90" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E90" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F90" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="H90" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D91" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E91" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F91" t="s">
         <v>244</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H91" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D92" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E92" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F92" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H92" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D93" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E93" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F93" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H93" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>367</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D94" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="E94" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F94" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H94" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
         <v>371</v>
       </c>
       <c r="E95" t="s">
         <v>372</v>
       </c>
       <c r="G95" s="1" t="s">