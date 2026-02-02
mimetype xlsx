--- v0 (2025-12-11)
+++ v1 (2026-02-02)
@@ -36,408 +36,408 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Experiência e Trabalho</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA AQUISIÇÃO DE UM APARELHO DE ULTRASSONOGRAFIA PARA AS GESTANTES DO MUNICÍPIO”.</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>MELÂNIA PAGNO TRENTIN</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE TRAZER PARA O MUNICÍPIO A PALESTRA SOBRE A REDE CATARINA”.</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Jair Tibolla</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA LIMPEZA NO CEMITÉRIO MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE UM REPASSE FINANCEIRO PARA A FARMÁCIA VIVA”.</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Antônio André de Souza</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA TERRAPLANAGEM NOS TERRENOS DO NOVO PARQUE INDUSTRIAL PARA A INSTALAÇÃO DE EMPRESAS”.</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA AMPLIAÇÃO DO ESTACIONAMENTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS EM FRENTE AO PRÉ-ESCOLAR PEQUENO POLEGAR”.</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA REALOCAÇÃO DA MÁQUINA RETROESCAVADEIRA NOVAMENTE NA SECRETARIA DE AGRICULTURA”.</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA SUSPENSÃO DO PAGAMENTO DAS CONTRIBUIÇÕES DE MELHORIAS NO PERÍODO DA PANDEMIA DO COVID-19”.</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Mônica Regina Taube</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NO PROLONGAMENTO DA AVENIDA JOÃO PESSOA NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ILDO KAPPES”.</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA PRORROGAÇÃO DO TESTE SELETIVO”.</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>PT, PP e PSDB</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx</t>
+  </si>
+  <si>
+    <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA CONTRATAÇÃO DE UM ENGENHEIRO CIVIL COM CARGA HORÁRIA DE 20 HORAS SEMANAIS”.</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Cleber Jonas Weschenfelder</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DO PROGRAMA MUNICIPAL DE PRÁTICAS INTEGRATIVAS E COMPLEMENTARES EM SAÚDE.</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE ESTENDER O PROGRAMA “BÔNUS AGRÍCOLA” PARA OS DEMAIS PRODUTORES RURAIS NÃO ATENDIDOS PELA ATUAL LEGISLAÇÃO DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA PARCERIA COM A CASAN, PARA QUE A MESMA SUBSIDIE O PAGAMENTO DA TAXA PARA O FORNECIMENTO DA ÁGUA PARA OS PRODUTORES RURAIS, EM VIRTUDE DA ESCASSEZ</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA AFONSO DINON, NAS PROXIMIDADES DA RESIDENCIA DO SR. NILVO AREND.</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Gilmar Klaus</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS ANTÔNIO DUARTE DA ROSA, ANTÔNIO DILMAN E ANTÔNIO BAVARESCO.</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE PARA CRIAR UMA LEGISLAÇÃO QUE REGULAMENTA A GRATUIDADE DOS EXAMES DE BRUCELOSE E TUBERCULOSE BOVINA, BEM COMO OS SERVIÇOS VETERINÁRIOS PARA ESTA FINALIDADE.</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Jair Jacó Mallmann</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA COLOCAÇÃO DE ILUMINAÇÃO, CONSTRUÇÃO DE UM BANHEIRO E AUMENTO DAS REDES DE PROTEÇÃO NA PRAÇA DO BAIRRO NASCER DO SOL .</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADEDE ADQUIRIR TERRENO NAS PROXIMIDADES DA APAE PARA POSTERIORMENTE CONSTRUIR UMA PRAÇA PÚBLICA.</t>
+  </si>
+  <si>
     <t>676</t>
   </si>
   <si>
-    <t>2020</t>
-[...8 lines deleted...]
-    <t>DECRETO LEGISLATIVO</t>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx</t>
   </si>
   <si>
-    <t>640</t>
-[...241 lines deleted...]
-  <si>
     <t>695</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx</t>
   </si>
   <si>
     <t>“Manifestar Apelo ao Governo do Estado de Santa Catarina, Excelentíssimo Governador Carlos Moisés da Silva, para que estenda para as carreiras da Polícia Civil, Polícia Penal e IGP as regras de aposentadoria previstas para os Policiais Militares, dando tratamento isonômico na Reforma da Previdência a todos integrantes da Segurança Pública”.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx</t>
   </si>
   <si>
     <t>“MANIFESTAR APOIO PARA LIBERAÇÃO E PAGAMENTO DA EMENDA 815 QUE TRATA DE DESTINAÇÃO AOS CONSÓRCIOS INTERMUNICIPAIS DE SAÚDE EM ATENDIMENTO AO CIS DOS MUNICÍPIOS PARA MÉDIA E ALTA COMPLEXIDADE DE PACIENTES”.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx</t>
   </si>
   <si>
     <t>“MANIFESTAR REPÚDIO ÀS CENTRAIS ELÉTRICAS DE SANTA CATARINA S.A – CELESC, EM VIRTUDE DO REAJUSTE TARIFÁRIO DE 8,14% NA TAXA DE ENERGIA ELÉTRICA”.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx</t>
   </si>
   <si>
     <t>MANIFESTAR APELO PARA A REGULARIZAÇÃO DAS PERÍCIAS REALIZADAS PELOS SEGURADOS NA AGÊNCIA DO INSS (INSTITUTO NACIONAL DO SEGURO SOCIAL) DO MUNICÍPIO DE SÃO MIGUEL DO OESTE-SC.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Claudio Junior Weschenfelder</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL SOBRE O VENCIMENTO DOS CARGOS DE PROVIMENTO EFETIVO DE PROFESSOR I, PROFESSOR II, PROFESSOR III, E ESPECIALISTA EM ASSUNTOS EDUCACIONAIS E CONTEM OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx</t>
   </si>
@@ -1248,51 +1248,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1338,724 +1338,724 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="G8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>32</v>
       </c>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>32</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>62</v>
       </c>
-      <c r="B15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>32</v>
       </c>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="H19" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="H20" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E21" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="D22" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="D23" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="F24" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="D25" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E25" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>111</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>112</v>
       </c>
       <c r="E26" t="s">
         <v>113</v>
       </c>
       <c r="F26" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>112</v>
       </c>
       <c r="E27" t="s">
         <v>113</v>
       </c>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H27" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>119</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>112</v>
       </c>
       <c r="E28" t="s">
         <v>113</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>120</v>
       </c>
       <c r="H28" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D29" t="s">
         <v>112</v>
       </c>
       <c r="E29" t="s">
         <v>113</v>
       </c>
       <c r="F29" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H29" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>126</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30" t="s">
@@ -2080,426 +2080,426 @@
       </c>
       <c r="D31" t="s">
         <v>126</v>
       </c>
       <c r="E31" t="s">
         <v>127</v>
       </c>
       <c r="F31" t="s">
         <v>128</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D32" t="s">
         <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>127</v>
       </c>
       <c r="F32" t="s">
         <v>128</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H32" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D33" t="s">
         <v>126</v>
       </c>
       <c r="E33" t="s">
         <v>127</v>
       </c>
       <c r="F33" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H33" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="D34" t="s">
         <v>126</v>
       </c>
       <c r="E34" t="s">
         <v>127</v>
       </c>
       <c r="F34" t="s">
         <v>128</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="H34" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D35" t="s">
         <v>126</v>
       </c>
       <c r="E35" t="s">
         <v>127</v>
       </c>
       <c r="F35" t="s">
         <v>128</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H35" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>145</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D36" t="s">
         <v>126</v>
       </c>
       <c r="E36" t="s">
         <v>127</v>
       </c>
       <c r="F36" t="s">
         <v>128</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H36" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>147</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>127</v>
       </c>
       <c r="F37" t="s">
         <v>128</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>148</v>
       </c>
       <c r="H37" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="D38" t="s">
         <v>126</v>
       </c>
       <c r="E38" t="s">
         <v>127</v>
       </c>
       <c r="F38" t="s">
         <v>128</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H38" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>153</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="D39" t="s">
         <v>126</v>
       </c>
       <c r="E39" t="s">
         <v>127</v>
       </c>
       <c r="F39" t="s">
         <v>128</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H39" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>155</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="D40" t="s">
         <v>126</v>
       </c>
       <c r="E40" t="s">
         <v>127</v>
       </c>
       <c r="F40" t="s">
         <v>128</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H40" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>157</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D41" t="s">
         <v>126</v>
       </c>
       <c r="E41" t="s">
         <v>127</v>
       </c>
       <c r="F41" t="s">
         <v>128</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H41" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>160</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
         <v>126</v>
       </c>
       <c r="E42" t="s">
         <v>127</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H42" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>163</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
       <c r="E43" t="s">
         <v>127</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H43" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>166</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="D44" t="s">
         <v>126</v>
       </c>
       <c r="E44" t="s">
         <v>127</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H44" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>168</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="D45" t="s">
         <v>126</v>
       </c>
       <c r="E45" t="s">
         <v>127</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H45" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>171</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="D46" t="s">
         <v>126</v>
       </c>
       <c r="E46" t="s">
         <v>127</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>172</v>
       </c>
       <c r="H46" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>173</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="D47" t="s">
         <v>126</v>
       </c>
       <c r="E47" t="s">
         <v>127</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>174</v>
       </c>
       <c r="H47" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>175</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>176</v>
       </c>
       <c r="D48" t="s">
@@ -3179,109 +3179,109 @@
       </c>
       <c r="C75" t="s">
         <v>17</v>
       </c>
       <c r="D75" t="s">
         <v>279</v>
       </c>
       <c r="E75" t="s">
         <v>280</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H75" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>286</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D76" t="s">
         <v>279</v>
       </c>
       <c r="E76" t="s">
         <v>280</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H76" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>289</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>290</v>
       </c>
       <c r="E77" t="s">
         <v>291</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H77" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>294</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>17</v>
       </c>
       <c r="D78" t="s">
         <v>290</v>
       </c>
       <c r="E78" t="s">
         <v>291</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H78" t="s">
         <v>296</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>