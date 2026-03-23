--- v1 (2026-02-02)
+++ v2 (2026-03-23)
@@ -54,894 +54,894 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Experiência e Trabalho</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA AQUISIÇÃO DE UM APARELHO DE ULTRASSONOGRAFIA PARA AS GESTANTES DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MELÂNIA PAGNO TRENTIN</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE TRAZER PARA O MUNICÍPIO A PALESTRA SOBRE A REDE CATARINA”.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jair Tibolla</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA LIMPEZA NO CEMITÉRIO MUNICIPAL”.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE UM REPASSE FINANCEIRO PARA A FARMÁCIA VIVA”.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antônio André de Souza</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA TERRAPLANAGEM NOS TERRENOS DO NOVO PARQUE INDUSTRIAL PARA A INSTALAÇÃO DE EMPRESAS”.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA AMPLIAÇÃO DO ESTACIONAMENTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS EM FRENTE AO PRÉ-ESCOLAR PEQUENO POLEGAR”.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA REALOCAÇÃO DA MÁQUINA RETROESCAVADEIRA NOVAMENTE NA SECRETARIA DE AGRICULTURA”.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA SUSPENSÃO DO PAGAMENTO DAS CONTRIBUIÇÕES DE MELHORIAS NO PERÍODO DA PANDEMIA DO COVID-19”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mônica Regina Taube</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NO PROLONGAMENTO DA AVENIDA JOÃO PESSOA NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ILDO KAPPES”.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA PRORROGAÇÃO DO TESTE SELETIVO”.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PT, PP e PSDB</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA CONTRATAÇÃO DE UM ENGENHEIRO CIVIL COM CARGA HORÁRIA DE 20 HORAS SEMANAIS”.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cleber Jonas Weschenfelder</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DO PROGRAMA MUNICIPAL DE PRÁTICAS INTEGRATIVAS E COMPLEMENTARES EM SAÚDE.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DE ESTENDER O PROGRAMA “BÔNUS AGRÍCOLA” PARA OS DEMAIS PRODUTORES RURAIS NÃO ATENDIDOS PELA ATUAL LEGISLAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA PARCERIA COM A CASAN, PARA QUE A MESMA SUBSIDIE O PAGAMENTO DA TAXA PARA O FORNECIMENTO DA ÁGUA PARA OS PRODUTORES RURAIS, EM VIRTUDE DA ESCASSEZ</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA AFONSO DINON, NAS PROXIMIDADES DA RESIDENCIA DO SR. NILVO AREND.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Gilmar Klaus</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTAMENTE COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ESTUDE A VIABILIDADE DA IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS ANTÔNIO DUARTE DA ROSA, ANTÔNIO DILMAN E ANTÔNIO BAVARESCO.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE PARA CRIAR UMA LEGISLAÇÃO QUE REGULAMENTA A GRATUIDADE DOS EXAMES DE BRUCELOSE E TUBERCULOSE BOVINA, BEM COMO OS SERVIÇOS VETERINÁRIOS PARA ESTA FINALIDADE.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Jair Jacó Mallmann</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADE DA COLOCAÇÃO DE ILUMINAÇÃO, CONSTRUÇÃO DE UM BANHEIRO E AUMENTO DAS REDES DE PROTEÇÃO NA PRAÇA DO BAIRRO NASCER DO SOL .</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ESTUDE A VIABILIDADEDE ADQUIRIR TERRENO NAS PROXIMIDADES DA APAE PARA POSTERIORMENTE CONSTRUIR UMA PRAÇA PÚBLICA.</t>
   </si>
   <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>MOÇÃO LEGISLATIVA</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx</t>
+  </si>
+  <si>
+    <t>“Manifestar Apelo ao Governo do Estado de Santa Catarina, Excelentíssimo Governador Carlos Moisés da Silva, para que estenda para as carreiras da Polícia Civil, Polícia Penal e IGP as regras de aposentadoria previstas para os Policiais Militares, dando tratamento isonômico na Reforma da Previdência a todos integrantes da Segurança Pública”.</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx</t>
+  </si>
+  <si>
+    <t>“MANIFESTAR APOIO PARA LIBERAÇÃO E PAGAMENTO DA EMENDA 815 QUE TRATA DE DESTINAÇÃO AOS CONSÓRCIOS INTERMUNICIPAIS DE SAÚDE EM ATENDIMENTO AO CIS DOS MUNICÍPIOS PARA MÉDIA E ALTA COMPLEXIDADE DE PACIENTES”.</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>Poder Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx</t>
+  </si>
+  <si>
+    <t>“MANIFESTAR REPÚDIO ÀS CENTRAIS ELÉTRICAS DE SANTA CATARINA S.A – CELESC, EM VIRTUDE DO REAJUSTE TARIFÁRIO DE 8,14% NA TAXA DE ENERGIA ELÉTRICA”.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx</t>
+  </si>
+  <si>
+    <t>MANIFESTAR APELO PARA A REGULARIZAÇÃO DAS PERÍCIAS REALIZADAS PELOS SEGURADOS NA AGÊNCIA DO INSS (INSTITUTO NACIONAL DO SEGURO SOCIAL) DO MUNICÍPIO DE SÃO MIGUEL DO OESTE-SC.</t>
+  </si>
+  <si>
     <t>676</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>Poder Legislativo</t>
-[...2 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx</t>
-[...41 lines deleted...]
-    <t>MANIFESTAR APELO PARA A REGULARIZAÇÃO DAS PERÍCIAS REALIZADAS PELOS SEGURADOS NA AGÊNCIA DO INSS (INSTITUTO NACIONAL DO SEGURO SOCIAL) DO MUNICÍPIO DE SÃO MIGUEL DO OESTE-SC.</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Claudio Junior Weschenfelder</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL SOBRE O VENCIMENTO DOS CARGOS DE PROVIMENTO EFETIVO DE PROFESSOR I, PROFESSOR II, PROFESSOR III, E ESPECIALISTA EM ASSUNTOS EDUCACIONAIS E CONTEM OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL SOBRE O VENCIMENTO DOS CARGOS DE PROVIMENTO EFETIVO DE PROFESSOR NÍVEL MÉDIO EM MAGISTÉRIO E CONTEM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL 2020 ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO DE VIGÊNCIA DE CONCESSÃO DE DIREITO REAL DE USO PREVISTO NA LEI MUNICIPAL N. 2223, DE 13 DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf</t>
   </si>
   <si>
     <t>RATIFICA A 1ª ALTERAÇÃO E CONSOLIDAÇÃO DE INTENSÕES DO CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS - SANTA CATARINA, PARANÁ E RIO GRANDE DO SUL - DE SEGURANÇA ALIMENTAR, ATENÇÃO A SANIDADE AGROPECUÁRIA E DESENVOLVIMENTO LOCAL - CONSAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE MORATÓRIA À CONTRIBUIÇÃO DE MELHORIA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A ALÍNEA C, DO INCISO II, DO ARTIGO 3°, SEÇÃO I, CAPÍTULO III DA LEI 2.479/2016 QUE "REESTRUTURA O CONSELHO MUNICIPAL DE SAÚDE DE GUARUJÁ DO SUL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL/2020 ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTIMATIVA DOS VALORES FISCAIS DO PLANO PLURIANUAL DO GOVERNO DO MUNICÍPIO DE GUARUJÁ DO SUL, PARA O PERÍODO DE 2021.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL, AS PRIORIDADES E METAS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO-PROGRAMA PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER A DOAÇÃO OU CONCESSÃO DE DIREITO REAL DE USO DE TERRENOS, EDIFICADOS OU NÃO, COM ENCARGOS E CLÁUSULA DE REVERSÃO, COMO FORMA DE INCENTIVO Á INDÚSTRIAS, PRESTADORAS DE SERVIÇOS, IMPORTADORAS, EXPORTADORAS, ARMAZÉM GERAL, ARMAZÉM ALFANDEGADO E AINDA COOPERATIVAS DE PRODUÇÃO, QUE ESTABELEÇAM SUAS ATIVIDADES NO MUNICÍPIO, BEM COMO AQUELAS JÁ EXISTENTES, QUE AMPLIEM SUA CAPACIDADE DE PRODUÇÃO E DEMANDA DE MÃO DE OBRA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE DESMEMBRAMENTO DE PARTE DA CHÁCARA 30, OBJETO DA MATRÍCULA 3.629, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SUL, SC A FIRMAR CONVÊNIO COM O ESTADO DE SANTA CATARINA, ATRAVES DO INSTITUTO GERAL DE PERÍCIAS VISANDO A DESCENTRALIZAÇÃO DA ATIVIDADE DE INSERÇÃO DE DADOS DE IDENTIFICAÇÃO CIVIL, PRELIMINAR À EMISSÃO DA CÉDULA INDIVIDUAL DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA REALIZAR ADEQUAÇÕES NAS RECEITAS E DESPESAS CONSTANTES DA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LEI Nº 2.685/2020 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO DE BEM MÓVEL COM A SECRETARIA DE ESTADO DA EDUCAÇÃO – SED, EFETUAR DESPESAS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.570, DE 18 DE DEZEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER O USO DE BENS MÓVEIS A ASSOCIAÇÕES COMUNITÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL – SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, COM A GARANTIA FPM OU GARANTIA DA UNIÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO PROGRAMA “GUARDAR ÁGUA” E REGULAMENTA A CONCESSÃO DE SUBSÍDIO AOS AGRICULTORES ATINGIDOS PELA ESTIAGEM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N. 2223, DE 13 DE JULHO DE 2012 QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 4ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ITENS 8 E 10 E INCLUI O ITEM 20 AO ANEXO ÚNICO DA LEI COMPLEMENTAR N. 61/2019.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS E PROCEDIMENTOS PARA REGULARIZAÇÃO DE CONSTRUÇÕES IRREGULARES E CLANDESTINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO DE MELHORIA PARA FAZER FACE AO CUSTO DE OBRAS PÚBLICAS QUE IDENTIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO DE MELHORIA PARA FAZER FACE AO CUSTO DE OBRAS PÚBLICAS NA EXECUÇÃO DE OBRAS DE PAVIMENTAÇÃO DE PASSEIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO XII NO ART. 11, DA LEI 768/87 DO PLANO FÍSICO TERRITORIAL DE GUARUJÁ DO SUL, DE 30 DE SETEMBRO DE 1987, ALTERADA PELAS LEIS COMPLEMENTARES NOS 06/2011 DE 21 DE MARÇO DE 2011 E 10/2012 DE 09 DE NOVEMBRO DE 2012 E ALTERA A TABELA Nº09 E ACRESCENTA TABELA XIII DE ÍNDICE DO USO DO SOLO CONSTANTE DOS ANEXOS 1 E 2 DAS LEIS 768/87, LEI 1812/2006 DE 24 DE ABRIL DE 2006 ALTERADAS PELAS LEIS COMPLEMENTARES 06/2011 E 10/2012 DE 09 DE NOVEMBRO DE 2012, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx</t>
   </si>
   <si>
     <t>ALTERA § 1º DO ARTIGO 111, DA LEI COMPLEMENTAR 47/2018 DE 26 NOVEMBRO DE 2018 QUE FIXA INDEXADOR PARA REAJUSTE DA UFRM, – CÓDIGO TRIBUTÁRIO MUNICIPAL, E FIXA INDEXADOR PARA REAJUSTE DE CONTRATOS E CONVENIOS ADMINISTRATIVOS EM GERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 47, DE 26 DE NOVEMBRO DE 2018 (CÓDIGO TRIBUTÁRIO MUNICIPAL), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES PARA A 15ª LEGISLATURA DA CÂMARA MUNICIPAL DE VEREADORES DO MUNICIPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O MANDATO DE 01 DE JANEIRO DE 2021 A 31 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O EXERCÍCIO DE 01 DE JANEIRO DE 2021 A 31 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx</t>
   </si>
   <si>
     <t>FIXA O VENCIMENTO DO SECRETÁRIO EXECUTIVO DA CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA AO PATRIMÔNIO DO PODER EXECUTIVO DE BENS MÓVEIS POR OBSOLESCÊNCIA OU IMPRESTABILIDADE QUE RELACIONA, PERTENCENTES À CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1248,68 +1248,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/640/indicacao_verbal_no._01.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_verbal_no._02.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_verbal_no._03.2020_-_jair_tibolla_xjeok25.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_verbal_no._04.2020_-_melania.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_verbal_no._05.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_verbal_no._08.2020_-_antonio_NjtVBcg.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_verbal_no._09.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_verbal_no._10.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/694/indicacao_verbal_no._11.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/698/indicacao_verbal_no._12.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/716/indicacao_verbal_no._13.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_verbal_no._14.2020_-_cleber.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/718/indicacao_verbal_no._15.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/719/indicacao_verbal_no._16.2020_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_verbal_no._17.2020_-_monica.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/721/indicacao_verbal_no._18.2020_-_jair_mallmann.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/722/indicacao_verbal_no._19.2020_-_antonio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/695/mocao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/696/mocao_no_02.2020.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/697/mocao_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/711/mocao_no_04.2020_inss.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/676/decreto_legislativo_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/677/decreto_legislativo_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/678/decreto_legislativo_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/708/decreto_legislativo_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/709/decreto_legislativo_n._05.2020.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/604/redacao_final_ao_proj_de_lei_n._01.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/605/redacao_final_ao_proj_de_lei_n._02.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/606/redacao_final_ao_proj_de_lei_n._03.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/607/redacao_final_ao_proj_de_lei_n._04.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/608/redacao_final_ao_proj_de_lei_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/609/redacao_final_ao_proj_de_lei_n._07.2020.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/610/redacao_final_ao_proj_de_lei_n._08.2020.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/611/redacao_final_ao_proj_de_lei_n._09.2020.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/622/redacao_final_ao_projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/623/redacao_final_ao_projeto_de_lei_n_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/624/redacao_final_ao_projeto_de_lei_n_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/625/redacao_final_ao_projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/679/redacao_final_ao_proj_de_lei_n._14.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/681/redacao_final_ao_proj_de_lei_n._15.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/680/redacao_final_ao_proj_de_lei_n._16.2020.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/682/redacao_final_ao_proj_de_lei_n._17.2020.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/683/redacao_final_ao_proj_de_lei_n._18.2020.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/684/redacao_final_ao_proj_de_lei_n._19.2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/699/redacao_final_ao_proj_de_lei_n._20.2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/700/redacao_final_ao_proj_de_lei_n._21.2020.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/715/redacao_final_ao_proj_de_lei_n._22.2020.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/723/redacao_final_ao_proj_de_lei_n._23.2020.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/724/redacao_final_ao_proj_de_lei_n._24.2020.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/725/redacao_final_ao_proj_de_lei_n._25.2020.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/726/redacao_final_ao_proj_de_lei_n._26.2020.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/727/redacao_final_ao_proj_de_lei_n._27.2020.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/728/redacao_final_ao_proj_de_lei_n._28.2020.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/729/redacao_final_ao_proj_de_lei_n._29.2020.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/730/redacao_final_ao_proj_de_lei_n._30.2020.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/731/redacao_final_ao_proj_de_lei_n._31.2020.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/732/redacao_final_ao_proj_de_lei_n._32.2020.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/733/redacao_final_ao_proj_de_lei_n._33.2020.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/734/redacao_final_ao_proj_de_lei_n._34.2020.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/735/redacao_final_ao_proj_de_lei_n._35.2020.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/736/redacao_final_ao_proj_de_lei_n._36.2020.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/615/redacao_final_ao_proj_de_lei_complementar_n._63.2020.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/685/redacao_final_ao_proj_de_lei_complementar_n._66.2020.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/686/redacao_final_ao_proj_de_lei_complementar_n._67.2020.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/687/redacao_final_ao_proj_de_lei_complementar_n._68.2020.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/688/redacao_final_ao_proj_de_lei_complementar_n._69.2020.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/689/redacao_final_ao_proj_de_lei_complementar_n._70.2020.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/712/redacao_final_ao_proj_de_lei_complementar_n._71.2020.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/713/redacao_final_ao_proj_de_lei_complementar_n._72.2020.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/714/redacao_final_ao_proj_de_lei_complementar_n._73.2020.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/690/redacao_final_ao_proj_de_lei_leg._n._01.2020.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/691/redacao_final_ao_proj_de_lei_leg._n._02.2020.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/692/redacao_final_ao_proj_de_lei_leg._n._03.2020.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/701/projeto_de_resolucao_no_01.2020.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2020/710/projeto_de_resolucao_no_02.2020.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1806,262 +1806,262 @@
       </c>
       <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>96</v>
       </c>
       <c r="E21" t="s">
         <v>97</v>
       </c>
       <c r="F21" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>96</v>
       </c>
       <c r="E22" t="s">
         <v>97</v>
       </c>
       <c r="F22" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>22</v>
       </c>
       <c r="D23" t="s">
         <v>96</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
+      </c>
+      <c r="F23" t="s">
+        <v>104</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>96</v>
       </c>
       <c r="E24" t="s">
         <v>97</v>
       </c>
       <c r="F24" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="E25" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
         <v>111</v>
       </c>
-      <c r="B26" t="s">
-[...5 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>112</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D27" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" t="s">
         <v>112</v>
       </c>
-      <c r="E27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D28" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" t="s">
         <v>112</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H28" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E29" t="s">
         <v>112</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>126</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30" t="s">
         <v>128</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H30" t="s">
@@ -3211,77 +3211,77 @@
       </c>
       <c r="G76" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H76" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>289</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>290</v>
       </c>
       <c r="E77" t="s">
         <v>291</v>
       </c>
       <c r="F77" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H77" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>294</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>17</v>
       </c>
       <c r="D78" t="s">
         <v>290</v>
       </c>
       <c r="E78" t="s">
         <v>291</v>
       </c>
       <c r="F78" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H78" t="s">
         <v>296</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>