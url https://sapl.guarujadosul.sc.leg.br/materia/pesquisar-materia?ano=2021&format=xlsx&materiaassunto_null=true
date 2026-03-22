--- v0 (2026-02-02)
+++ v1 (2026-03-22)
@@ -54,2424 +54,2424 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MDB, PSB e PSD</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_verbal_no._01.2021_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_verbal_no._01.2021_-_rodrigo.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL ENCAMINHA À CÂMARA MUNICIPAL OS CONTRATOS, MEDIÇÕES, PAGAMENTOS E TERMOS ADITIVOS REFERENTES À: TOMADA DE PREÇOS Nº 35/2020: PAVIMENTAÇÃO COM PEDRAS IRREGULARES NA RUA PEDRO VARGAS DE MACEDO; TOMADA DE PREÇOS Nº 32/2020: REPERFILAGEM ASFÁLTICA NA RUA BRUNO TAUBE;TOMADA DE PREÇOS Nº 18/2020: PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA MUNICIPAL GRS30”._x000D_
 _x000D_
 "SOLICITA AO PODER EXECUTIVO QUE ENCAMINHE JUSTIFICATIVA ACERCA DA PARALISAÇÃO DAS REFERIDAS OBRAS E SE EXISTE PREVISÃO QUANTO AO ANDAMENTO E TÉRMINO DAS MESMAS".</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_verbal_no._02.2021_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_verbal_no._02.2021_-_rodrigo.docx</t>
   </si>
   <si>
     <t>“SUGERE QUE A ADMINISTRAÇÃO PÚBLICA, ATRAVÉS DO SECRETÁRIO MUNICIPAL DE TRANSPORTES E OBRAS E/OU O DIRETOR DE URBANISMO VISITEM AS OBRAS DE PAVIMENTAÇÃO COM PEDRAS IRREGULARES NA RUA PEDRO VARGAS DE MACEDO; REPERFILAGEM ASFÁLTICA NA RUA BRUNO TAUBE; PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA MUNICIPAL GRS30, A FIM DE CONVERSAR COM OS MORADORES E RESOLVER EVENTUAIS PROBLEMAS OCASIONADOS NAQUELES LOCAIS EM VIRTUDE DA CHUVA E DO ATRASO DAS OBRAS".</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_verbal_no._03.2021_-_jair_tibolla.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_verbal_no._03.2021_-_jair_tibolla.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE SAÚDE ESCLARECIMENTOS SOBRE O TRANSPORTE DE MUNÍCIPES PARA A REALIZAÇÃO DE PERÍCIAS NA AGÊNCIA DO INSS, NO MUNICÍPIO DE CHAPECÓ-SC”._x000D_
 _x000D_
 “SOLICITA À SECRETÁRIA MUNICIPAL DE SAÚDE INFORMAÇÕES ACERCA DO NÚMERO DE DOSES RECEBIDAS PELO MUNICÍPIO, DA VACINA DO CORONAVÍRUS, E SE POSSÍVEL, A RELAÇÃO DOS SERVIDORES ATÉ ENTÃO IMUNIZADOS PELAS VACINAS”.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_verbal_no._04.2021_-_sonia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_verbal_no._04.2021_-_sonia.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE SAÚDE ESTUDE A POSSIBILIDADE DE ESTAREM REPASSANDO AOS MUNICIPES, UM NUMERO DE PROTOCOLO A CADA EXAME OU CONSULTA MARCADA PELO SUS, PARA QUE POSSAM ACOMPANHAR SUA POSIÇÃO NA FILA DE ESPERA".</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_verbal_no._05.2021_-_sonia_internet.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_verbal_no._05.2021_-_sonia_internet.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO E FAZENDA, QUE SEJA REALIZADO MELHORIA NO SINAL DE INTERNET DO INTERIOR E NA CIDADE DO MUNICÍPIO DE GUARUJA DO SUL".</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_verbal_no._06.2021_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_verbal_no._06.2021_-_rodrigo.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) QUE SEJA AVALIADA A POSSIBILIDADE DE SE COLOCAR REDUTORES DE VELOCIDADE NO CRUZAMENTO ENTRE AS RUAS SÃO PAULO COM ANTONIO DILLMANN, E CRUZAMENTO DA RUA SÃO PAULO COM A RUA ANTONIO DUARTE DA ROSA"._x000D_
 _x000D_
 "SOLICITA QUE SEJA ENCAMINHADO A ESTA CASA, RELAÇÃO DE MEBROS DO DEMUTRAN"._x000D_
 _x000D_
 "SOLICITA QUE SEJAM ENCAMINHADAS AS ATAS DAS REUNIÕES QUE SERÃO REALIZADAS, QUE DISPÕEM DE MATÉRIA DE DISCUSSÃO DA CÂMARA MUNICIPAL DE VEREADORES".</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PT e PP</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_verbal_no._07.2021_-_marcia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_verbal_no._07.2021_-_marcia.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO E FAZENDA, QUE SEJA REALIZADO MELHORIA NO SINAL DE INTERNET DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DE TODOS OS EDUCANDÁRIOS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_verbal_no._08.2021_-_luiz_carlos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_verbal_no._08.2021_-_luiz_carlos.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO E FAZENDA, QUE SEJA REALIZADA A TROCA DAS PLACAS QUE INDICAM AS COMUNIDADES DO INTERIOR"._x000D_
 _x000D_
 "QUE SEJA SOLITADO AO DNIT, A INSTALAÇÃO DE PLACA PRÓXIMO AO TREVO DA CIDADE, INDICANDO O SENTIDO DA BR 163, SENTIDO SÃO JOSÉ DO CEDRO"_x000D_
 _x000D_
 "SOLICITA A INSTALAÇÃO DE UM PARQUE INFANTIL, AO LADO DA QUADRA DE ESPORTES DO BAIRRO SULINA"</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_verbal_no._09.2021_-_volnei_gossler.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_verbal_no._09.2021_-_volnei_gossler.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, POR MEIO DO DEMUTRAN, ESTUDE A VIABILIDADE DE IMPLANTAR QUEBRA-MOLAS NA RUA ANTÔNIO BAVARESCO, EM FRENTE DO BAR DO ALEMÃO, NO BAIRRO VILA SULINA.”</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Pibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_verbal_no._10.2021_-_luis_carlos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_verbal_no._10.2021_-_luis_carlos.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE UMA EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA EUGÊNIO WASCHBURGER, NO BAIRRO VILA SULINA.”</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Jair Tibolla</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_verbal_no._11.2021_-_jair_tibolla.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_verbal_no._11.2021_-_jair_tibolla.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL PROVIDÊNCIAS PARA DISPONIBILIZAR UM TÉCNICO EM ENFERMAGEM PARA ACOMPANHAR O TRANSPORTE DE PACIENTES EM AMBULÂNCIA PARA OUTROS CENTROS E HOSPITAIS, EM ESPECIAL OS IDOSOS”.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_verbal_no._12.2021_-_jair_tibolla.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_verbal_no._12.2021_-_jair_tibolla.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL A MANUTENÇÃO OU REVITALIZAÇÃO DE RIACHO QUE CORTA A CIDADE, COM A RETIRADA DE LIXOS E PEDRAS QUE DESMORONARAM.”</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_verbal_no._13.2021_-_jair_tibolla.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_verbal_no._13.2021_-_jair_tibolla.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) QUE SEJA AVALIADA A POSSIBILIDADE DE SE COLOCAR REDUTORES DE VELOCIDADE NA RUA RUI BARBOSA, NAS PROXIMIDADES DA CASA DO SR, ERNANI KLEIN".</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Márcia Andréia Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_verbal_no._14.2021_-_marcia_._fia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_verbal_no._14.2021_-_marcia_._fia.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE FAÇA A ADESÃO A CAMPANHA PARA DESTINAÇÃO DE RECURSOS DO IMPOSTO DE RENDA PARA O FUNDO DA INFÂNCIA E ADOLESCÊNCIA (FIA)".</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Sônia Lúcia Kuhn Rosenbach</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_verbal_no._15.2021_-_sonia_._nome_cemiterio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_verbal_no._15.2021_-_sonia_._nome_cemiterio.docx</t>
   </si>
   <si>
     <t>“SOLICITA À SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO E FAZENDA, QUE SEJA CRIADO NOME AO CEMITÉRIO MUNICIPAL".</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Pibi, Cleber Jonas Weschenfelder, Sônia Lúcia Kuhn Rosenbach</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_verbal_no._16.2021_-_luiz_carlos_.__banheiros_cemiterios.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_verbal_no._16.2021_-_luiz_carlos_.__banheiros_cemiterios.docx</t>
   </si>
   <si>
     <t>"SOLICITO A ADMINISTRAÇÃO MUNICIPAL A CONSTRUÇÃO DE BANHEIROS PÚBLICOS JUNTO AO CEMITÉRIO DA LINHA BAIXO ARARA E DA LINHA PESSEGUEIRO".</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/765/inducacao_verbal_n._17.2021_-_luiz_carlos_quebra_mola_linha_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/765/inducacao_verbal_n._17.2021_-_luiz_carlos_quebra_mola_linha_arara.docx</t>
   </si>
   <si>
     <t>“SOLICITO AO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) QUE SEJA AVALIADA A POSSIBILIDADE DE SE COLOCAR REDUTOR DE VELOCIDADE NA AVENIDA SANTO ANTÔNIO NA LINHA BAIXO ARARA, EM FRENTE AO BAR DO SR. CLEUSEMAR PAGNO".</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Volnei Luis Gossler, Dalvâni Roberta Lermen, Jair Tibolla</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_verbal_no._18.2021_-_sinalizacao_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_verbal_no._18.2021_-_sinalizacao_hospital.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, QUE SEJA COLOCADO PLACAS QUE SINALIZEM A LOCALIZAÇÃO DO HOSPITAL MUNICIPAL".</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_verbal_no._19.2021_-_marcia_._faixas_de_pedestres.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_verbal_no._19.2021_-_marcia_._faixas_de_pedestres.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA PINTURA DE FAIXAS DE PEDESTRES EM RUAS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_verbal_no._20.2021_-_marcia_._sinalizacao_ciclistas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_verbal_no._20.2021_-_marcia_._sinalizacao_ciclistas.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE IMPLANTE SINALIZAÇÃO PARA CICLISTAS".</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Chibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_verbal_no._21.2021_-_rodrigo_._ciclovia_e_pista_para_jovens.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_verbal_no._21.2021_-_rodrigo_._ciclovia_e_pista_para_jovens.docx</t>
   </si>
   <si>
     <t>1) “SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE SER FEITA UMA CICLOVIA NO MUNICIPIO"._x000D_
 _x000D_
 2) "SOLICITA QUE SEJA CRIADO UM ESPAÇO PARA CICLISTAS DE MENOR FAIXA ETÁRIA SE DIVERTIREM COM SEGUANÇA".</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_verbal_no._22.2021_-_rodrigo_._pavimentacoes_no_centro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_verbal_no._22.2021_-_rodrigo_._pavimentacoes_no_centro.docx</t>
   </si>
   <si>
     <t>1) “SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER PAVIMENTAÇÃO ASFÁLTICA E CALÇADAS, NA RUA CEARÁ, TRECHO COMPREENDIDO ENTRA AS RUAS RUI BARBOSA E ANTONIO DILLMANN, E TRECHO COMPRRENDIDO ENTRA A RUA JORGE LACERDA E PRESIDENTE KENNEDY, TRECHOS QUE DÃO ACESSO AO CENTRO DE IDOSOS E A VIGILÂNCIA SANITÁRIA, RESPECTIVAMENTE";_x000D_
 _x000D_
 2) "SOLICITA QUE SEJA FEITO ASFALTO, OU PAVIMENTAÇÃO COM PEDRAS IRREGULARES NA RUA RUI BARBOSA, TRECHO COMPREENDIDO APÓS CRUZAMENTO COM RUA OTAVIO DIEHL".</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_verbal_no._23.2021_-_jair_tibolla_._loteamento_wurzius.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_verbal_no._23.2021_-_jair_tibolla_._loteamento_wurzius.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL INFORMAÇÕES SOBRE A SITUAÇÃO ATUAL DO LOTEAMENTO WURZIUS"</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Volnei Luis Gossler</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_no._24.2021_-_volnei_gossler_._protecao_ponte.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_no._24.2021_-_volnei_gossler_._protecao_ponte.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE COLOCAR UMA PROTEÇÃO DE SEGURANÇA EM PONTE DO BAIRRO MIRASSOL".</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_no._25.2021_-_luis_carlos_seibel_._asfalto_grimm.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_no._25.2021_-_luis_carlos_seibel_._asfalto_grimm.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE REALIZAR PAVIMENTAÇÃO ASFÁLTICA NA RUA VERADOR INÁCIO GRIMM, NO LOTEAMENTO GUIDO KOCHAN".</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal_no._26.2021_-_sonia_._lixeiras_e_limpeza_via_publica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal_no._26.2021_-_sonia_._lixeiras_e_limpeza_via_publica.docx</t>
   </si>
   <si>
     <t>1) “SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE SEREM INSTALADAS NOVAS LIXEIRAS NO PERÍMETRO URBANO, NAS LOCALIDADE DE PESSEGUEIRO E BAIXO ARARA, BEM COMO NAS VIAS PÚBLICAS DOS BAIRROS E CENTRO DO MUNICÍPIO"._x000D_
 _x000D_
 2) "SUGERE A ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DA SECRETARIA DE OBRAS E URBANISMO, QUE A CADA QUIZE DIAS SEJA REALIZADA LIMPEZA NAS VIAS PÚBLICAS URBANAS DA COMUNIDADE DE PESSEGUEIRO".</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_verbal_no._27.2021_-_rodrigo_._redutor_vel._na_rua_rui_barbosa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_verbal_no._27.2021_-_rodrigo_._redutor_vel._na_rua_rui_barbosa.docx</t>
   </si>
   <si>
     <t>1) “SOLICITA QUE SEJA ESTUDADA A VIABILIDADE JUNTAMENTE COM O DEMUTRAN, DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA RUI BARBOSA, ANTES DO CRUZAMENTO COM A RUA PARANÁ".</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_verbal_no._28.2021_-_tibolla_._esclarecimentos_manutencoes_de_maquinas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_verbal_no._28.2021_-_tibolla_._esclarecimentos_manutencoes_de_maquinas.docx</t>
   </si>
   <si>
     <t>1) “SOLICITA A ADMINISTRAÇÃO MUNICIPAL, INFORMAÇÕES, REFERENTE A DEMORA NA MANUTENÇÃO DE MÁQUINAS DO SETOR DE OBRAS, QUE ENCONTRAM-SE PARADAS, SENDO NECESSÁRIO TERCEIRIZAR OS SERVIÇOS"._x000D_
 _x000D_
 2) "SOLICITA RELATÓRIO HORAS MÁQUINAS REALIZADAS E OS RESPECTIVOS LOCAIS".</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_verbal_no._29.2021_-_tibolla_._solicita_prestacao_de_contas_ao_hospital..docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_verbal_no._29.2021_-_tibolla_._solicita_prestacao_de_contas_ao_hospital..docx</t>
   </si>
   <si>
     <t>1) “SOLICITA À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ, QUE ENCAMINHE MENSALMENTE À CÂMARA DE VEREADORES, PRESTAÇÕES DE CONTAS REFERENTE AOS VALORES REPASSADOS PELO MUNICÍPIO".</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_verbal_no._30.2021_-_volnei_gossler_._iluminacao_gruta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_verbal_no._30.2021_-_volnei_gossler_._iluminacao_gruta.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE INSTALAR AO MENOS 3 PONTOS DE ILUMINAÇÃO PÚBLICA NA ÁREA DA GRUTA".</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_verbal_no._31.2021_-_rodrigo_._manutencao_estrada_taquarucu.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_verbal_no._31.2021_-_rodrigo_._manutencao_estrada_taquarucu.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE REALIZE A MANUTENÇÃO DA ESTRADA QUE LIGA A COMUNIDADE DE LINHA PESSEGUEIRO À LINHA TAQUARUÇU".</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/784/indicacao_verbal_no._32.2021_-_luis_carlos_seibel_._ponte_treze_de_maio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/784/indicacao_verbal_no._32.2021_-_luis_carlos_seibel_._ponte_treze_de_maio.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE UMA PONTE SOBRE O RIO TRACUTINGA, DIVISA ENTRE O MUNICIPIO DE GUARUJÁ DO SUL COM PALMA SOLA".</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_verbal_no._33.2021_-_sonia_._solicitar_veiculo_para_conselho_tutelar.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_verbal_no._33.2021_-_sonia_._solicitar_veiculo_para_conselho_tutelar.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE SOLICITAR JUNTO A RECEITA FEDERAL UM VEICULO DESTINANDO-O AO CONSELHO TUTELAR DO MUNICÍPIO DE GUARUJÁ DO SUL-SC".</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_verbal_no._34.2021_-_rodrigo_._passeio_pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_verbal_no._34.2021_-_rodrigo_._passeio_pessegueiro.docx</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE PASSEIO NO ACESSO A LINHA PESSEGUEIRO".</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_verbal_no._35.2021_-_tibolla_._incentivo_aos_loteadores.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_verbal_no._35.2021_-_tibolla_._incentivo_aos_loteadores.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE SEJA ESTUDADA UMA FORMA DE INCENTIVO AOS LOTEADORES DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_no._36.2021_-_volnei_gossler_._casa_de_apoio_floripa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_no._36.2021_-_volnei_gossler_._casa_de_apoio_floripa.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE FIRMAR PARCERIAS, EM FLORIANÓPOLIS, COM HOTÉIS OU CASAS DE APOIO OBJETIVANDO A HOSPEDAGEM DE PACIENTES DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_no._37.2021_-_tibolla_._informacoes_recurso_pandemia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_no._37.2021_-_tibolla_._informacoes_recurso_pandemia.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ENCAMINHE UM RELATÓRIO DE INFORMAÇÕES SOBRE RECURSOS RECEBIDOS PARA O COMBATE A COVID-19 CONTENDO: VALOR RECEBIDO, LOCAIS EM QUE O RECURSO FOI APLICADO, COMPRAS COM AS REFERIDAS NOTAS, E INFORMAR SE O RECUROS FOI UTILIZADO PARA FOLHA DE PAGAMENTO".</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Mário Pagno</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_verbal_no._38.2021_-_mario_..docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_verbal_no._38.2021_-_mario_..docx</t>
   </si>
   <si>
     <t>"SOLICITA  A PRESENÇA DO SECRETÁRIO DE TRANSPORTES E OBRAS PARA ESCLARECIMENTOS ACERCA DOS TRABALHOS DA EMPRESA TERCEIRIZADA PARA PRESTAR SERVIÇOS DE MÁQUINAS AO MUNICÍPIO".</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_verbal_no._39.2021_-_rodrigo_._pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_verbal_no._39.2021_-_rodrigo_._pessegueiro.docx</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_verbal_no._40.2021_-_rodrigo_._propriedades_do_municipio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_verbal_no._40.2021_-_rodrigo_._propriedades_do_municipio.docx</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO QUE ENCAMINHE RELATÓRIO CONTENDO AS PROPRIEDADES QUE ESTÃO EM POSSE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_verbal_no._41.2021_-_tibolla_._contribuicao_de_melhoria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_verbal_no._41.2021_-_tibolla_._contribuicao_de_melhoria.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ENCAMINHE AO LEGISLATIVO, ESCLARECIMENTOS ACERCA DAS CONTRIBUIÇÕES DE MELHORIA ONDE ESTÃOS SENDO COBRADAS CONTRIBUIÇÕES DE MELHORIAS".</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_verbal_no._42.2021_-_tibolla_._seguranca_nas_escolas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_verbal_no._42.2021_-_tibolla_._seguranca_nas_escolas.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE CONTRATAR EMPRESA DE SEGURANÇA PARA OS EDUCANDÁRIOS DO MUNICÍPIO NO PRÓXIMO ANO".</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_verbal_no._43.2021_-_mario_._propriedades_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_verbal_no._43.2021_-_mario_._propriedades_arara.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ENVIE RELATÓRIO DO PATRIMÔNIO PÚBLICO LOCALIZADO NA LINHA BAIXO ARARA".</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Dalvâni Roberta Lermen</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_verbal_no._44.2021_-_dalvani_roberta_lermen_._curso_cuidadores_de_idosos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_verbal_no._44.2021_-_dalvani_roberta_lermen_._curso_cuidadores_de_idosos.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE PROPORCIONAR CURSO DE CAPACITAÇÃO PARA CUIDADORES DE IDOSOS</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_verbal_no._45.2021_-_tibolla_._caes_de_rua.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_verbal_no._45.2021_-_tibolla_._caes_de_rua.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE SEJAM TOMADAS PROVIDÊNCIAS QUANTO AOS CÃES DE RUA".</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_verbal_no._46.2021_-_marcia_._reiterando_faixas_de_pedestres.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_verbal_no._46.2021_-_marcia_._reiterando_faixas_de_pedestres.docx</t>
   </si>
   <si>
     <t>“REITERA À ADMINISTRAÇÃO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA PINTURA DE FAIXAS DE PEDESTRES EM RUAS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_verbal_no._47.2021_-_tibolla_._reitera_indicacao_37_relatorio_covid.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_verbal_no._47.2021_-_tibolla_._reitera_indicacao_37_relatorio_covid.docx</t>
   </si>
   <si>
     <t>"REITERA INDICAÇÃO N. 37, QUE SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ENCAMINHE RELATÓRIO DE INFORMAÇÕES SOBRE RECURSOS RECEBIDOS PARA O COMBATE A COVID-19, NO PRAZO MÁXIMO DE 15 DIAS".</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_verbal_no._48.2021_-_luis_carlos_seibel_._novos_profissionais_efetivos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_verbal_no._48.2021_-_luis_carlos_seibel_._novos_profissionais_efetivos.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE INCLUIR NO SEU QUADRO DE SERVIDORES, A PARTIR DO ANO QUE VEM, OS SEGUINTES CARGOS EFETIVOS: UM ARQUITETO, UM PROFESSOR COM LICENCIATURA EM EDUCAÇÃO ESPECIAL, UM PSICÓLOGO EDUCACIONAL E UM MÉDICO ESPECIALISTA EM PEDIATRIA".</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_verbal_no._49.2021_-_marcia_._psicologo_e_assistencia_social_nas_escolas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_verbal_no._49.2021_-_marcia_._psicologo_e_assistencia_social_nas_escolas.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE DISPONIBILIZAR PSICÓLOGO E ASSISTÊNCI SOCIAL NAS ESCOLAS".</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_verbal_no._50.2021_-_volnei_gossler_._reforma_anitgo_posto_e_pintuas_cor_d_bandeira.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_verbal_no._50.2021_-_volnei_gossler_._reforma_anitgo_posto_e_pintuas_cor_d_bandeira.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE REFORMAR O ANTIGO POSTO DE SAÚDE, E SUGERE QUE QUANDO REALIZAREM OBRAS NOS PRÉDIOS PÚBLICOS USEM AS CORES DA BANDEIRA MUNICIPAL".</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_verbal_no._51.2021_-_sonia_._lombada_acesso_pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_verbal_no._51.2021_-_sonia_._lombada_acesso_pessegueiro.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO QUE ATRAVÉS DO DEMUTRAN, ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE NA ESTRADA MUNICIPAL GRS 30 NAS PROXIMIDADES DA RESIDÊNCIA DA SRA LURDES KLEIN".</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_verbal_no._52.2021_-_tibolla_._loteamento_wurzius.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_verbal_no._52.2021_-_tibolla_._loteamento_wurzius.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ANALISE A POSSIBILIDADE DE REALIZAR OBRAS DE MELHORIAS NO LOTEAMENTO WURZIUS".</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_verbal_no._53.2021_-_tibolla_._placas_rua_do_elza.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_verbal_no._53.2021_-_tibolla_._placas_rua_do_elza.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE IMPLANTAR PLACAS DE SINALIZAÇÃO NAS PROXIMIDADES DA ESCOLA ELZA MANCELOS DE MOURA".</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_verbal_no._54.2021_-_tibolla_._alterar_turno_audiencia_publica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_verbal_no._54.2021_-_tibolla_._alterar_turno_audiencia_publica.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE ALTERAR O HORÁRIO DAS AUDIÊNCIAS PÚBLICAS".</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_verbal_no._55.2021_-_luiz_carlos_._cisternas_e_energia_solar.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_verbal_no._55.2021_-_luiz_carlos_._cisternas_e_energia_solar.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE INSTALAR NOS PRÉDIOS PÚBLICOS SISTEMAS DE ENERGIA SOLAR E CISTERNAS".</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_verbal_no._56.2021_-_rodrigo_._reforma_telhado_ginasio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_verbal_no._56.2021_-_rodrigo_._reforma_telhado_ginasio.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL  QUE AVALIE A VIABILIDADE DE REFORMAR O TELHADO DO GINÁSIO MUNICIPAL".</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/828/inducacao_verbal_n._57.2021_-_rodrigo_._conselho_da_juventude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/828/inducacao_verbal_n._57.2021_-_rodrigo_._conselho_da_juventude.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE CRIAR O CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DAS PESSOAS PORTADORES DE NECESSIDADES ESPECIAIS”.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/830/inducacao_verbal_n._58.2021_-_rodrigo_._relatorio_engenharia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/830/inducacao_verbal_n._58.2021_-_rodrigo_._relatorio_engenharia.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ATRAVÉS DOS SEUS SETORES RESPONSÁVEIS, ENCAMINHE PARA A CASA LEGISLATIVA O RELATÓRIO COM INFORMAÇÕES REFERENTES AO FLUXO DE PROJETOS DE ENGEHARIA QUE DERAM ENTRADA NO PRESENTE EXERCÍCIO".</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/831/inducacao_verbal_n._59.2021_-_rodrigo_._criacao_de_viveiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/831/inducacao_verbal_n._59.2021_-_rodrigo_._criacao_de_viveiro.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ANALISE A POSSIBILIDADE DE INSTALAR UM VIVEIRO MUNICIPAL”.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_verbal_no._60.2021_-_tibolla_._informacoes_recurso_pandemia_novamente.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_verbal_no._60.2021_-_tibolla_._informacoes_recurso_pandemia_novamente.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ENCAMINHE RELATÓRIO DE INFORMAÇÕES DETALHADAS SOBRE RECURSOS RECEBIDOS PARA O COMBATE A COVID-19":</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_verbal_no._61.2021_-_marcia_._identificacao_e_iluminacao_rua_leo_rippel.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_verbal_no._61.2021_-_marcia_._identificacao_e_iluminacao_rua_leo_rippel.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE  A POSSIBILIDADE DE RESOLVER IMPASSES QUANTO AO TRECHO SEM IDENTIFICAÇÃO DA RUA VEREADOR JOSÉ LÉO RIPPEL, BEM COMO SUGERE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_verbal_no._62.2021_-_marcia_._politicas_publicas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_verbal_no._62.2021_-_marcia_._politicas_publicas.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE REESTRUTURAR AS ENTIDADES VOLTADAS ÀS POLÍTICAS PÚBLICAS DE ECONOMIA SOLIDÁRIA DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_verbal_no._63.2021_-_marcia_._banco_de_curriculos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_verbal_no._63.2021_-_marcia_._banco_de_curriculos.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE ELABORAÇÃO DE UM BANCO DE DADOS COM CURRÍCULOS DOS CIDADÃOS INTERESSADOS".</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_verbal_no._64.2021_-_tibolla_._lampadas_de_led.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_verbal_no._64.2021_-_tibolla_._lampadas_de_led.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL EXPLICAÇÕES REFERENTES A SUBSITUIÇÕES DE LÃMPADAS NÃO SEREM EFETUADAS EM DETERMINADOS LOCAIS".</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_verbal_no._65.2021_-_tibolla_._casas_populares.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_verbal_no._65.2021_-_tibolla_._casas_populares.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL ESTUDE A POSSIBILIDADE DE ADQUIRIR UM TERRENO PARA IMPLANTAÇÃO DE CASAS POPULARES".</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>"SOLICITA  À ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DO SECRETÁRIO DE OBRAS, SEJA CONCERTADA PONTE NA LINHA TREZE DE MAIO"</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_verbal_no._67.2021_-_mario_._iluminacao_na_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_verbal_no._67.2021_-_mario_._iluminacao_na_arara.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABILIDADE DE REUTILIZAR OS EQUIPAMENTOS QUE SOBRARAM DA SUBSTITUIÇÃO DAS LÂMPADAS CONVENCIONAIS PELAS LÂMPADAS DE LED, NA LINHA BAIXO ARARA, EM RUAS QUE AINDA NÃO POSSUI ILUMINAÇÃO".</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_verbal_no._68.2021_-_rodrigo_._cascalho_rua_elza.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_verbal_no._68.2021_-_rodrigo_._cascalho_rua_elza.docx</t>
   </si>
   <si>
     <t>“SUGERE AO PODER EXECUTIVO MUNICIPAL, ATRAVÉS DE SEUS DEPARTAMENTOS RESPONSÁVEIS, AVALIE A POSSIBILIDADE DE COLOCAR CASCALHO NA RUA QUE LIGA A VILA SULINA À ESCOLA ESTADUAL PROF. ELZA MANCELOS DE MOURA.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Sônia Mara Machado dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_verbal_no._69.2021_-_sonia_andrioli_._medicos_na_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_verbal_no._69.2021_-_sonia_andrioli_._medicos_na_arara.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, QUE, ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A VIABILIDADE DE DISPONIBILIZAR, QUINZENALMENTE, ALGUNS DOS SEUS PROFISSIONAIS DE SAÚDE PARA REALIZAREM ATENDIMENTO NO POSTO DA COMUNIDADE BAIXO ARARA."</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_verbal_no._70.2021_-_tibolla_2.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_verbal_no._70.2021_-_tibolla_2.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE  DE CONTRATAR UM SECRETÁRIO MUNICIPAL DE AGRICULTURA NO PRÓXIMO ANO ".</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_verbal_no.71.2021_-_tibolla_servicos_no_interior.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_verbal_no.71.2021_-_tibolla_servicos_no_interior.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE  DE REALIZAR SERVIÇOS NAS PROXIMIDADES DAS RESIDÊNCIAS DOS SENHORES VANDERLEI DE SOUZA E ÉLIO DOFF SOUTHA".</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL INFORMAÇÕES ACERCA DOS CRITÉRIOS QUE SERÃO UTILIZADOS PARA DEFINIR A PARTICIPAÇÃO NOS CURSOS PROMOVIDOS PELO CRAS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_verbal_no.73.2021_-_sonia_andrioli_._pe_de_pato.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_verbal_no.73.2021_-_sonia_andrioli_._pe_de_pato.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A VIABILIDADE DE ENCAMINHAR UM "PÉ DE PATO" À PATRULHA AGRÍCOLA QUE FOI CEDIDA A COMUNIDADE DE BAIXO ARARA."</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/851/inducacao_verbal_no.74.2021_-_rodrigo_._revitalizacao_rua_eugenio_wasch....docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/851/inducacao_verbal_no.74.2021_-_rodrigo_._revitalizacao_rua_eugenio_wasch....docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ATRAVÉS DO SETOR DE URBANISMO, ESTUDE A POSSIBILIDADE DE REVITALIZAR A EXTENSÃO DA RUA EUGÊNIO WASCHBURGER”.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/852/inducacao_verbal_no._75.2021_-_rodrigo_.cosip.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/852/inducacao_verbal_no._75.2021_-_rodrigo_.cosip.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ENCAMINHE RELATÓRIO REFERENTE A CONTRIBUIÇÃO PARA O CUSTEIO DE SERVIÇOS DE ILUMINAÇÃO PÚBLICA - COSIP”.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/853/inducacao_verbal_no._76.2021_-_rodrigo_._canalizacao_da_sanga.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/853/inducacao_verbal_no._76.2021_-_rodrigo_._canalizacao_da_sanga.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ESTUDE A POSSIBILIDADE DE EFETUAR A CANALIZAÇÃO A SANGA QUE CORTA O PERÍMETRO URBANO DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/861/inducacao_verbal_n._77.2021_-_rodrigo_._campainhas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/861/inducacao_verbal_n._77.2021_-_rodrigo_._campainhas.docx</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO MUNICIPAL,  QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO, DISPONIBILIZE CAMPAINHAS  NA PORTARIA DOS EDUCANDÁRIOS MUNICIPAIS”.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/862/indicacao_verbal_no.78.2021_-_tibolla_senha_wifi.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/862/indicacao_verbal_no.78.2021_-_tibolla_senha_wifi.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE DISPONIBILIZE A SENHA DE WI-FI, EM LOCAL VISÍVEL, NO GINÁSIO MUNICIPAL DE ESPORTES E NA UNIDADE BÁSICA DE SAÚDE”.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/863/indicacao_verbal_no.79.2021_-_tibolla_prestacao_de_contas_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/863/indicacao_verbal_no.79.2021_-_tibolla_prestacao_de_contas_arara.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIA DA PRESTAÇÃO DE CONTAS, QUANDO REALIZADA PELA DIRETORIA, REFERENTE A PATRULHA AGRICOLA CEDIDA A COMUNIDADE DE BAIXO ARARA, BEM COMO INFORMAÇÃO REFERENTE A EXISTÊNCIA DE SEGURO DO MAQUINÁRIO".</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/864/indicacao_verbal_no._80.2021_-_luiz_carlos_.__reitera_pedido_banheiros_cemiterios.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/864/indicacao_verbal_no._80.2021_-_luiz_carlos_.__reitera_pedido_banheiros_cemiterios.docx</t>
   </si>
   <si>
     <t>"REITERA A ADMINISTRAÇÃO MUNICIPAL O PEDIDO DE CONSTRUÇÃO DE BANHEIROS PÚBLICOS JUNTO AO CEMITÉRIO DA LINHA BAIXO ARARA, DA LINHA PESSEGUEIRO, E TAMBÉM DA LINHA MAIDANA".</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_verbal_no._81.2021_-_dalvani_roberta_lermen_._placas_nas_lombadas_sulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_verbal_no._81.2021_-_dalvani_roberta_lermen_._placas_nas_lombadas_sulina.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DO DEMUTRAN, PROVIDENCIE PLACAS DE SINALIZAÇÃO NAS LOMBADAS EXISTENTES NA VILA SULINA, NAS PRÓXIMIDADES DO "SILO DA COOPERALFA", E TAMBÉM PRÓXIMO A "MOTO PEÇAS DO MISSO".</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/867/indicacao_verbal_no._82.2021_-_dalvani_roberta_lermen_._quebra_mola_e_ponte_bela_vista.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/867/indicacao_verbal_no._82.2021_-_dalvani_roberta_lermen_._quebra_mola_e_ponte_bela_vista.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DO DEMUTRAN, PROVIDENCIE A INSTALAÇÃO DE QUEBRA-MOLA NA ESTRADA DA LINHA BELA VISTA, PROXIMIDADES DA RESIDÊNCIA DO SENHOR NEIVOR FOGIATTO E DA SENHORA ILCE GRIMM, BEM COMO SEJA ESTUDADA UMA SOLUÇÃO PARA A SITUAÇÃO DA ESTRADA QUE ESTÁ INCOMPATIVEL COM A LARGURA DA PONTE NO MESMO LOCAL</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/868/indicacao_verbal_no._83.2021_-_volnei_gossler_._juro_zero.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/868/indicacao_verbal_no._83.2021_-_volnei_gossler_._juro_zero.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DA SECRETARIA DE INDÚSTRIA E COMÉRCIO ESTUDE A POSSIBILIDADE DE IMPLANTAÇÃO DO PROGRAMA JURO ZERO NO MUNICÍPIO .</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_verbal_no._84.2021_-_luiz_carlos_.__dist._adubo_liquido.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_verbal_no._84.2021_-_luiz_carlos_.__dist._adubo_liquido.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DA COMPRA OU TERCEIRIZAÇÃO DE MAIS HORAS DE DISTIBUIDOR DE ADUBO LÍQUIDO PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_verbal_no._85.2021_-_tibolla_limpeza_lote.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_verbal_no._85.2021_-_tibolla_limpeza_lote.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE NOTIFICAR O PROPRIETARIO DO LOTE LOCALIZADO NO ENTRONCAMENTO DA RUA ANTONIO DILLMANN COM A RUA RIO GRANDE DO SUL. PARA QUE O MESMO EFETUE A LIMPEZA DOS LOCAL".</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_verbal_no._86.2021_-_tibolla_meio_fio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_verbal_no._86.2021_-_tibolla_meio_fio.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE REGULARIZE A ALTURA DO MEIO FIO DA RUA BRUNO TAUBE".</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_verbal_no._87.2021_-_rodrigo_._relatorio_horas_extras_._obras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_verbal_no._87.2021_-_rodrigo_._relatorio_horas_extras_._obras.docx</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO, QUE ATRAVÉS DO SECRETÁRIO DE TRANSPORTES E OBRAS, ENCAMINHE RELATÓRIOS DE HORAS EXTRAS FEITAS POR TODOS OS FUNCIONÁRIOS DO SETOR NO PRESENTE ANO, BEM COMO SEJA ENCAMINHADO PELO SETOR DE RH  AS FOLHAS DE PAGAMENTO DOS  FUNCIONÁRIOS DO SETOR DE TRANSPORTES E OBRAS ".</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_verbal_no._88.2021_-_tibolla_._reitera_pedido_sec._obras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_verbal_no._88.2021_-_tibolla_._reitera_pedido_sec._obras.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE ATRAVÉS DO SETOR DE TRANSPORTES E OBRAS ENCAMINHE RELATÓRIO REFERENTE A HORAS MAQUINAS LICITADAS, GANHADOR DA LICITAÇÃO E OS LOCAIS EM QUE  FORAM EXECUTADAS ESTAS HORAS".</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_verbal_no._89.2021_-_mario_._reforma_quadra_arara_e_doacao_equipamento_de_luz.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_verbal_no._89.2021_-_mario_._reforma_quadra_arara_e_doacao_equipamento_de_luz.docx</t>
   </si>
   <si>
     <t>1) "SOLICITA   A ADMINISTRAÇÃO MUNICIPAL, QUE ESTUDE A VIABLIDADE DE DOAR AOS AGRICULTORES OS EQUIPAMENTOS QUE SOBRARAM DA SUBSTITUIÇÃO DAS LÂMPADAS CONVENCIONAIS PELAS LÂMPADAS DE LED"_x000D_
 _x000D_
 2) "SOLICITA   A ADMINISTRAÇÃO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE TERMINAR OS REPAROS NA QUADRA DE ESPORTES DA LINHA BAIXO ARARA"</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_verbal_no.90.2021_-_luiz_carlos_.__banheiro_quadra_da_b._arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_verbal_no.90.2021_-_luiz_carlos_.__banheiro_quadra_da_b._arara.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE INSTALAR UM BANHEIRO AO LADO DA QUADRA DE ESPORTES NA LINHA BAIXO ARARA.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_no.91.2021_-__bancada_de_situacao_-_apae.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_no.91.2021_-__bancada_de_situacao_-_apae.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE BUSCAR RECURSOS E PARCERIAS PARA AMPLIAR A CARGA HORÁRIA DA EQUIPE TÉCNICA DA APAE DO MUNICIPIO.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Chibi, Mário Pagno</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_verbal_no.92.2021_-_mario__e_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_verbal_no.92.2021_-_mario__e_rodrigo.docx</t>
   </si>
   <si>
     <t>1) "SOLICITA   A ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, AVALIE A POSSIBILIDADE DE REALIZAR REPAROS NA PRAÇA DO LOTEAMENTO BARTH._x000D_
 _x000D_
 SOLICITA AO PODER EXECUTIVO MUNICIPAL, QUE ATRAVÉS DO SETOR DE URBANISMO TOME AS SEGUINTES PROVIDÊNCIAS:_x000D_
 _x000D_
 1) Seja consertado a fissura localizada na extensão da Rua Otávio Diehl;_x000D_
 _x000D_
 2) Estudem viabilidade de serem instalados bancos e lixeiras no parque da Vila Sulina.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_verbal_no.93.2021_-_tibolla_._bandeiras_na_prefeitura.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_verbal_no.93.2021_-_tibolla_._bandeiras_na_prefeitura.docx</t>
   </si>
   <si>
     <t>SOLICITA  QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE DESTINAR UM ESPAÇO EXTERNO À PREFEITURA MUNICIPAL, PARA  EXPOSIÇÃO DAS BANDEIRAS NACIONAL, ESTADUAL E MUNICIPAL.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_verbal_no.94.2021__-_rodrigo_._alterar_codigo_tributario.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_verbal_no.94.2021__-_rodrigo_._alterar_codigo_tributario.docx</t>
   </si>
   <si>
     <t>"SOLICITA  AO PODER EXECUTIVO, QUE  ATRAVÉS DO SETOR DE TRIBUTAÇÃO, EFETUE ALTERAÇÃO NO CÓDIGO TRIBUTÁRIO MUNICIPAL, PARA A CRIAÇÃO DE UM MECANISMO QUE PERMITA O DESCONTO DA MÃO DE OBRA EMPREGADA NAS OBRAS EXECUTADAS NO MUNICÍPIO, NO CÁLCULO FINAL DO ISS (IMPOSTO SOBRE SERVIÇOS) COBRADO DO RESPONSÁVEL TRIBUTÁRIO DA OBRA".</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_verbal_no.95.2021_-_rodrigo_._passeios.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_verbal_no.95.2021_-_rodrigo_._passeios.docx</t>
   </si>
   <si>
     <t>"SOLICITA  AO PODER EXECUTIVO, QUE  ESTUDE A VIABILIDADE DE REALIZAR UM ADITIVO AO CONTRATO DE EXECUÇÃO DOS PASSEIOS PÚBLICOS NAS TRANSVERSAIS DA RUA OCTÁVIO REINOLDO DIEHL, CONFORME O PROJETO ORIGINAL QUE CONTEMPLA A OBRA".</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_verbal_no.96.2021__-_marcia_._lei_economia_solidaria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_verbal_no.96.2021__-_marcia_._lei_economia_solidaria.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A POSSIBILIDADE DE CRIAR UMA LEI MUNICIPAL SOBRE A ECONOMIA SOLIDÁRIA."</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_verbal_no.97.2021__-_tibolla_._remanejamento.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_verbal_no.97.2021__-_tibolla_._remanejamento.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE AVALIE A POSSIBILIDADE DE EFETUAR O REMANEJAMENTO DE SERVIDORA, OCUPANTE DO CARGO DE AGENTE ADMINISTRATIVO,  ATUALMENTE LOTADA NA SECRETÁRIA MUNICIPAL DE SAÚDE".</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_verbal_no.98.2021__-_volnei_gossler_._iluminacao_e_lixeiras_loteamento_weis.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_verbal_no.98.2021__-_volnei_gossler_._iluminacao_e_lixeiras_loteamento_weis.docx</t>
   </si>
   <si>
     <t>“SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL, ESTUDE A VIABILIDADE DE INSTALAR ILUMINAÇÃO PÚBLICIA E LIXEIRAS NO LOTEAMENTO WEIS".</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_verbal_no.99.2021_-_bancada_de_oposicao_._canetas_de_insulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_verbal_no.99.2021_-_bancada_de_oposicao_._canetas_de_insulina.docx</t>
   </si>
   <si>
     <t>"SOLICITAM A ADMINISTRAÇÃO MUNICIPAL INFORMAÇÕES ACERCA DA DISTRIBUIÇÃO DE CANETAS APLICADORAS DE INSULINA".</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_verbal_no._100.2021_-_sonia_._antena_internet.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_verbal_no._100.2021_-_sonia_._antena_internet.docx</t>
   </si>
   <si>
     <t>“SOLICITA A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE INSTALAR UMA ANTENA DE INTERNET NA LINHA PESSEGUEIRO”.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_verbal_no._101.2021_-_rodrigo_._gerador.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_verbal_no._101.2021_-_rodrigo_._gerador.docx</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO, QUE AVALIE A POSSIBILIDADE DE ADQUIRIR UM GERADOR DE ENERGIA PARA A UNIDADE BÁSICA DE SAÚDE".</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_verbal_no._102.2021_-_rodrigo_._brinquedos_praca.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_verbal_no._102.2021_-_rodrigo_._brinquedos_praca.docx</t>
   </si>
   <si>
     <t>"SOLICITA  AO PODER EXECUTIVO, QUE ESTUDE A VIABILIDADE DE SUBSTITUIR OS  BRINQUEDOS DANIFICADOS QUE ESTÃO NA PRAÇA MUNICIPAL."</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_verbal_no._103.2021_-_luiz_carlos_.__mais_horas_trato_de_esteira.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_verbal_no._103.2021_-_luiz_carlos_.__mais_horas_trato_de_esteira.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE ESTUDE A POSSIBILIDADE DE TERCEIRIZAR MAIS HORAS DE TRATOR DE ESTEIRA E ESCAVADEIRA".</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_verbal_no._104.2021_-_rodrigo_._reativar_departamento_esportes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_verbal_no._104.2021_-_rodrigo_._reativar_departamento_esportes.docx</t>
   </si>
   <si>
     <t>"SOLICITA  AO PODER EXECUTIVO, QUE ESTUDE A POSSIBILIDADE DE REATIVAR O DEPARTAMENTO DE ESPORTES MUNICIPAL."</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_verbal_no._105.2021_-_tibolla_._faixas_de_pedestres_e_telhado_ginasio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_verbal_no._105.2021_-_tibolla_._faixas_de_pedestres_e_telhado_ginasio.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL,  QUE AVALIE A POSSIBILIDADE PINTAR AS FAIXAS DE PEDESTRES E REALIZAR REPAROS NO TELHADO DO GINÁSIO MUNICIPAL"</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_verbal_no._106.2021_-_marcia_._distribuicao_absorventes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_verbal_no._106.2021_-_marcia_._distribuicao_absorventes.docx</t>
   </si>
   <si>
     <t>“SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A POSSIBILIDADE DE CRIAR UMA LEI MUNICIPAL SOBRE A DISTRIBUIÇÃO GRATUITA DE ABSORVENTES HIGIÊNICOS PARA MULHERES DE BAIXA RENDA."</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_verbal_no._107.2021_-_mario_._vale_alimentacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_verbal_no._107.2021_-_mario_._vale_alimentacao.docx</t>
   </si>
   <si>
     <t>”SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DE SEUS SETORES COMPETENTES, ESTUDE, PARA O PRÓXIMO ANO, A LEGALIDADE DE REAJUSTAR O VALE-ALIMENTAÇÃO DOS FUNCIONÁRIOS PÚBLICOS E CRIAR UM CARTÃO PARA A UTILIZAÇÃO".</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_verbal_no._108.2021_-_rodrigo_._incidencia_previdenciaria_no_vale_alimentacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_verbal_no._108.2021_-_rodrigo_._incidencia_previdenciaria_no_vale_alimentacao.docx</t>
   </si>
   <si>
     <t>"SUGERE A ADMINISTRAÇÃO MUNICIPAL, PARA QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, FAÇA UM ESTUDO SOBRE A INCIDÊNCIA DA CONTRIBUIÇÃO PREVIDENCIÁRIA SOBRE O PAGAMENTO DO VALE-ALIMENTAÇÃO PARA OS SERVIDORES".</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_verbal_no._109.2021_-_luiz_carlos_.__finalzar_a_ponte_13_de_maio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_verbal_no._109.2021_-_luiz_carlos_.__finalzar_a_ponte_13_de_maio.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE FINALIZE A OBRA NA PONTE DA LINHA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_verbal_no._110.2021_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_verbal_no._110.2021_-_rodrigo.docx</t>
   </si>
   <si>
     <t>"SUGERE A ADMINISTRAÇÃO MUNICIPAL PARA QUE, ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A VIABILIDADE DE INSTITUIR UMA LEGISLAÇÃO PARA AUTORIZAÇÃO DE LIGAÇÕES DE SERVIÇOS DE DISTRIBUIÇÃO DE ÁGUA E ENERGIA ELÉTRICA EM EDIFICAÇÕES QUE NÃO TENHAM ALVARÁ OU HABITE-SE EMITIDO PELO MUNICÍPIO".</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_verbal_no._111.2021_-_volnei_._plantio_arvores.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_verbal_no._111.2021_-_volnei_._plantio_arvores.docx</t>
   </si>
   <si>
     <t>PROPÕE À ADMINISTRAÇÃO MUNICIPAL QUE, ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A VIABILIDADE DE REALIZAR O PLANTIO DE ÁRVORES EM LUGARES ONDE NÃO SERÁ NECESSÁRIO FAZER A PODA, OBJETIVANDO MAIOR EMBELEZAMENTO DA CIDADE.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Clóvis Claudenir Flores</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_verbal_no._112.2021_-_clovis_._areas_verdes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_verbal_no._112.2021_-_clovis_._areas_verdes.docx</t>
   </si>
   <si>
     <t>"SUGERE  A ADMINISTRAÇÃO MUNICIPAL, QUE SEJAM CERCADAS TODAS AS ÁREAS VERDES DO MUNICÍPIO E QUE SEJAM MANTIDAS LIMPAS E ARBORIZADAS".</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_verbal_no._113.2021_-_clovis_._demutran.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_verbal_no._113.2021_-_clovis_._demutran.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DO DEMUTRAN QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE EM FRENTE À COMUNIDADE DA LINHA TAQUARUSSÚ, BEM COMO DE RESOLVER OS IMPASSES QUANTO À SINALIZAÇÃO DAS RUAS ANTÔNIO DILLMANN E ANTÔNIO DUARTE DA ROSA".</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_verbal_no._114.2021_bancada_de_situacao_-_nomes_ruas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_verbal_no._114.2021_bancada_de_situacao_-_nomes_ruas.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE DE FUTURAMENTE INSTITUIR COMO DENOMINAÇÃO DE RUA OS SEGUINTES NOMES: _x000D_
 _x000D_
 - JOÃO LOTÁRIO FLORES;_x000D_
 - LOTÁRIO FLORES;</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_verbal_no._116.2021_marcia_._casa_familiar_rural.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_verbal_no._116.2021_marcia_._casa_familiar_rural.docx</t>
   </si>
   <si>
     <t>"SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE ESTUDE A VIABILIDADE FIRMAR CONVÊNIO COM A CASA FAMILIAR RURAL DE SÃO JOSÉ DO CEDRO-SC".</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_verbal_no._117.2021_rodrigo_._info_centro_de_idosos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_verbal_no._117.2021_rodrigo_._info_centro_de_idosos.docx</t>
   </si>
   <si>
     <t>"SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ENCAMINHE INFORMAÇÕES REFERENTES AO ANDAMENTO DAS OBRAS REALIZADAS NO CENTRO MUNICIPAL DE IDOSOS"</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_verbal_no._118.2021_-_clovis.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_verbal_no._118.2021_-_clovis.docx</t>
   </si>
   <si>
     <t>"SOLICITA  A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE TERMINAR O PASSEIO PÚBLICO NA AVENIDA JOÃO PESSOA, PRÓXIMO AO SILO DA COOPERALFA, BEM COMO SEJAM IMPLANTADAS PLACAS DE SINALIZAÇÃO NA EXTENSÃO DA REFERIDA VIA INDICANDO A PREFERENCIAL".</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_verbal_no._119.2021_-_rodrigo_._trevo_pessegueiro_e_passeios_do_elza.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_verbal_no._119.2021_-_rodrigo_._trevo_pessegueiro_e_passeios_do_elza.docx</t>
   </si>
   <si>
     <t>"SOLICITA  A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE SUBSTITUIR O TREVO NO ENTRONCAMENTO COM AS ESTRADAS DA VIA PERIFÉRICA QUE DÃO ACESSO À LINHA PESSEGUEIRO E À TAQUARUSSÚ, POR UMA ROTATÓRIA"._x000D_
 _x000D_
 "SOLICITA  A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE REALIZAR REPAROS NO PASSEIOS PUBLICOS, NAS REDONDEZAS DA E.E.B. ELZA MANCELOS DE MOURA".</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_verbal_no._120.2021_-_volnei_quebra_mola_linha_barro_preto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_verbal_no._120.2021_-_volnei_quebra_mola_linha_barro_preto.docx</t>
   </si>
   <si>
     <t>"SOLICITA  A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE NA ESTRADA QUE DÁ ACESSO À LINHA BARRO PRETO E A A LINHA GOMES, NAS PROXIMIDADES DA FAMILIA TAVARES".</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_verbal_no._121.2021_-_robe_sarjetas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_verbal_no._121.2021_-_robe_sarjetas.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que, através de seus setores responsáveis, avalie a possibilidade de consertar e nivelar as sarjetas que estão danificadas, objetivando evitar acidentes entre os pedestres que tem dificuldades em subir, descer e desembarcar dos carros, veículos serem danificados e até mesmo para o embelezamento da cidade.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_verbal_no._122.2021_-_volnei_._ceo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_verbal_no._122.2021_-_volnei_._ceo.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que, através de seus setores responsáveis, encaminhe o quantitativo dos recursos repassados e de atendimentos realizados pelo CEO (centro de especialidades odontológicas).</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_verbal_no._123.2021_-_marcia_telhado_ginasio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_verbal_no._123.2021_-_marcia_telhado_ginasio.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que, através de seus setores responsáveis, resolva a situação do telhado do ginásio Municipal de esportes.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_verbal_no._124.2021_-_luiz_carlos_._demutran.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_verbal_no._124.2021_-_luiz_carlos_._demutran.docx</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que, através de seus setores responsáveis, analise a viabilidade de definir as ruas preferenciais dos novos loteamentos, de implantar um redutor de velocidade nas proximidades da residência da família Schieferdecker e, também, levantou a possibilidade de transformar em mão única a Rua Padre Réus.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_verbal_no._125.2021_-_rodrigo_._pinturas_vagas_de_farmacia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_verbal_no._125.2021_-_rodrigo_._pinturas_vagas_de_farmacia.docx</t>
   </si>
   <si>
     <t>"SOLICITA  A ADMINISTRAÇÃO MUNICIPAL,  QUE ESTUDE A VIABILIDADE DE PINTAR AS VAGAS DE ESTACIONAMENTO ESPECÍFICAS PARA CLIENTES, EM FRENTE AS FARMÁCIAS DO MUNICÍPIO".</t>
   </si>
   <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>MOÇÃO LEGISLATIVA</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/757/mocao_no_01.2021_passarela.docx</t>
+  </si>
+  <si>
+    <t>MANIFESTAR APELO PARA A CONSTRUÇÃO DE UMA PASSARELA PARA PEDESTRES JUNTO À BR 163, NAS PROXIMIDADES DO TREVO DO MUNICÍPIO DE GUARUJÁ DO SUL – SC.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>Cleber Jonas Weschenfelder</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_no_02.2021_._cleber_leitos_covid.docx</t>
+  </si>
+  <si>
+    <t>MANIFESTAR APELO PARA A IMPLANTAÇÃO DE LEITOS DE UTI (UNIDADE DE TERAPIA INTENSIVA) EM HOSPITAIS DA REGIÃO DO EXTREMO OESTE DE SANTA CATARINA, E QUE O ESTADO CAPACITE PROFISSIONAIS PARA ATUAREM NESTES LOCAIS.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_no_03.2021_._volnei_vacinas_professores.docx</t>
+  </si>
+  <si>
+    <t>MANIFESTAR APELO PARA QUE OS PROFESSORES E DEMAIS PROFISSIONAIS DA EDUCAÇÃO SEJAM INCLUÍDOS NA PRÓXIMA ETAPA DE VACINAÇÃO DOS GRUPOS PRIORITÁRIOS, CONSIDERANDO A DEMORA DO PROCESSO DE VACINAÇÃO E O RETORNO DAS AULAS PRESENCIAIS NA REDE PÚBLICA E PRIVADA, PREVISTO PARA ESTE MÊS.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_no_04.2021_roberta.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÃO AOS PROFISSIONAIS DA SAÚDE.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/785/mocao_no_05.2021_._vivo.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APELO PARA QUE SEJAM REALIZADAS MELHORIAS NO SINAL DE TELEFONIA MÓVEL NO MUNICÍPIO DE GUARUJÁ DO SUL/SC".</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/792/mocao_no_06.2021_._volnei_ambulancias.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APELO PARA QUE SEJA FEITO UM ESTUDO JUNTO AOS MUNICÍPIOS QUE NECESSITAM DE AMBULÂNCIAS, E ENTÃO SEJA EFETUADA A COMPRA E DOAÇÃO DOS REFERIDOS VEÍCULOS".</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/793/mocao_no_07.2021_._volnei_._dnit.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APELO PARA QUE O DNIT FISCALIZE O CONTRATO DA MANUTENÇÃO E SINALIZAÇÃO DA BR 163, OBJETIVANDO A SEGURANÇA DOS USUÁRIOS".</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/797/mocao_no_08.2021_._cleber_mapa.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APELO PARA QUE SEJAM PENSADAS POLÍTICAS PÚBLICAS QUE MINIMIZEM A SITUAÇÃO DA ESTIAGEM NO MUNICÍPIO".</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/804/mocao_no_09.2021_._volnei_._apoio_a_lei_salarios_enfermagem.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APOIO AO PROJETO DE LEI N. 2564/2020 QUE ALTERA A LEI Nº 7.498, DE 25 DE JUNHO DE 1986, PARA INSTITUIR O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA."</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/805/mocao_no_10.2021_marcia_._apoio_saudades.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APOIO E SOLIDARIEDADE ÀS FAMÍLIAS DAS VÍTIMAS E TODOS OS ENVOLVIDOS PELA TRAGÉDIA DE SAUDADES/SC.</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/814/mocao_no_11.2021_luiz_carlos_._aplausos_._iluminacao_led.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS A TODOS OS ENVOLVIDOS NO PROJETO DE IMPLANTAÇÃO DO SISTEMA DE ILUMINÇÃO PÚBLICA COM LUMINÁRIAS DE LED NO MUNICÍPIO DE GUARUJÁ DO SUL/SC.</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/815/mocao_no_12.2021_._volnei_._aplausos_lions.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO LIONS CLUBE PELA PASSAGEM DO SEU 11° ANIVERSÁRIO NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/816/mocao_no_13.2021_volnei_._repudio_dnit.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE REPÚDIO DIANTE DO DESCASO DO DNIT ANTE AS PÉSSIMAS CONDIÇÕES DE TRAFEGABILIDADE DO TRECHO DA BR 163 DE DIONÍSIO CERQUEIRA ATÉ SÃO MIGUEL DO OESTE/SC.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>Oposição</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/855/mocao_no_15.2021_mdb_..._nova.docx</t>
+  </si>
+  <si>
+    <t>PARA QUE A REFORMA DA PREVIDÊNCIA ESTADUAL ALCANCE SEM EXCEÇÃO TODOS OS INTEGRANTES DA SEGURANÇA PÚBLICA, ESTENDENDO PARA AS CARREIRAS DA POLÍCIA CIVIL, POLÍCIA PENAL E IGP (INSTITUTO GERAL DE PERÍCIAS) TODAS AS REGRAS DE APOSENTADORIA JÁ PREVISTAS PARA OS POLICIAIS MILITARES, ASSEGURANDO ASSIM, TRATAMENTO ISONÔMICO.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/856/mocao_no_16.2019_-_aplausos.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Servidor Civil aposentado, João Alceu Schimdt, pelos 39 anos de dedicação e serviços prestados ao Município de Guarujá do Sul - SC.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/857/mocao_no_17.2021_._cleber_._aplausos_cooperativas.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AS ENTIDADES: SICOOB, CRESSOL, COOPERALFA, COPERFLOR, COASUL, E A EMPRESA DOOPLANTIO, DO MUNICÍPIO DE GUARUJÁ DO SUL - SC.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/858/mocao_no_18.2021_sonia_-_condolencias_darci_hart.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>Poder Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/859/mocao_no_19.2021_._apoio_aos_professores.docx</t>
+  </si>
+  <si>
+    <t>"MANIFESTAR APOIO AOS SERVIDORES PUBLICOS ESTADUAIS E À CLASSE DO MAGISTÉRIO, NA LUTA CONTRA A REFORMA DA PREVIDÊNCIA, QUE PREVEEM ANULAÇÃO DE DIREITOS E ALTERAÇÕES NO SISTEMA PREVIDENCIÁRIO ESTADUAL, PREJUDICANDO DIRETAMENTE A CLASSE E OS APOSENTADOS”.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/860/mocao_no_20.2021_-_condolencias_sidnei_da_rosa.docx</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/883/mocao_no_21.2021_cleber_._dnit.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA DADA MAIOR ATENÇÃO E AGILIDADE NA OPERAÇÃO "TAPA BURACOS" DA BR 163".</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_no_22.2021_rodrigo_._aprasc.docx</t>
+  </si>
+  <si>
+    <t>Manifestado apoio à APRASC - Associação dos Praças do Estado de Santa Catarina, em favor da reposição de suas perdas salariais.</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/920/mocao_no_24.2021_situacao_._apela_projeto_de_lei_n._0248.1_._2021.docx</t>
+  </si>
+  <si>
+    <t>Apela ao Presidente da Assembleia Legislativa do Estado de Santa Catarina, ao Governador do Estado, ao Secretário de Estado da Agricultura, da Pesca e do Desenvolvimento Rural e especialmente ao Presidente da Comissão de Finanças e Tributação da ALESC para que seja pautado discutido e votado o Projeto de Lei n.º 0248.1/2021.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/949/mocao_no_25.2021_._cleber_._aplausos.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO GRUPO ONDA JOVEM, DO MUNICÍPIO DE GUARUJÁ DO SUL - SC.</t>
+  </si>
+  <si>
     <t>753</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/753/projeto_de_decreto_legislativo_n._01.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/753/projeto_de_decreto_legislativo_n._01.2021.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>Poder Legislativo</t>
-[...2 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1325/decreto_legislativo_n._02.2021_luto_darci_hart.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1325/decreto_legislativo_n._02.2021_luto_darci_hart.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1326/decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1326/decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1327/decreto_04.2021_-_mae_mario_pagno.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1327/decreto_04.2021_-_mae_mario_pagno.docx</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1328/decreto_legislativo_n._05.2021_ipenor_spada.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1328/decreto_legislativo_n._05.2021_ipenor_spada.docx</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1329/decreto_legislativo_n._06.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1329/decreto_legislativo_n._06.2021.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1330/decreto_07.2021_ponto_facultativo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1330/decreto_07.2021_ponto_facultativo.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>757</t>
-[...214 lines deleted...]
-  <si>
     <t>738</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/738/redacao_final_ao_proj_de_lei_n._001.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/738/redacao_final_ao_proj_de_lei_n._001.2021.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DO ART. 10 DE LEI 2.696/2020 DE 16 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/749/redacao_final_ao_proj_de_lei_n._02.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/749/redacao_final_ao_proj_de_lei_n._02.2021.docx</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único do Artigo 1º da Lei Municipal 2.325/2013 que "Fixa a data base da Concessão da Revisão Anual Geral, Concede Revisão Geral Anual, e adota outras Providências", e Concede Revisão Geral anual para o exercício 2021.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/761/redacao_final_ao_projeto_de_lei_n._03.2021_-_repasse_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/761/redacao_final_ao_projeto_de_lei_n._03.2021_-_repasse_hospital.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/780/redacao_final_ao_projeto_de_lei_no_05.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/780/redacao_final_ao_projeto_de_lei_no_05.2021.docx</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE VACINAS CONTRA A COVID-19 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/781/redacao_final_ao_projeto_de_lei_no_06.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/781/redacao_final_ao_projeto_de_lei_no_06.2021.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CACS-FUNDEB, EM CONFORMIDADE COM O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL, REGULAMENTADO NA FORMA DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020”.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_07.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_07.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_08.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_08.2021.pdf</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_09.2021_1.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_09.2021_1.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DO INCISO II DO ART. 2º DA LEI 2.696/2020 DE 16 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/794/projeto_10.2021_1.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/794/projeto_10.2021_1.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 2.696/2020 DE 16 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/803/redacao_final_ao_projeto_de_lei_no_11.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/803/redacao_final_ao_projeto_de_lei_no_11.2021.docx</t>
   </si>
   <si>
     <t>"AUTORIZA  A  ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/806/redacao_final_ao_projeto_de_lei_no_12.2021_._alteracao_redacao_repasse_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/806/redacao_final_ao_projeto_de_lei_no_12.2021_._alteracao_redacao_repasse_hospital.docx</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei n. 2.704, de 11 de março de 2021, que “Autoriza  a transferência de Recursos Financeiros á Associação Beneficente Hospitalar Guarujá” e dá outras providências".</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/807/redacao_final_ao_projeto_de_lei_no_13.2021_._carro_apae.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/807/redacao_final_ao_projeto_de_lei_no_13.2021_._carro_apae.docx</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 2° DA LEI MUNICIPAL 2.654/2019 DE 11 DE DEZEMBRO DE 2019, QUE AUTORIZA A DOAÇÃO DE VEÍCULOS À ASSOCIASSÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE PARA OS FINS QUE SE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/829/projeto_de_lei_n_14.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/829/projeto_de_lei_n_14.2021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DESAFETAÇÃO DO IMÓVEL DA MATRÍCULA 12.245, DO CARTÓRIO DE REGISTRO DE IMÓVEIS DA COMARCA DE SÃO JOSÉ DO CEDRO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_15.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_15.2021.pdf</t>
   </si>
   <si>
     <t>"ALTERA INCISO II DO ARTIGO 1º DA LEI N. 2.704, DE 11 DE MARÇO DE 2021, QUE "AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/839/redacao_final_ao_projeto_de_lei_no_16.2021_._cria_meta_ppa_2018.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/839/redacao_final_ao_projeto_de_lei_no_16.2021_._cria_meta_ppa_2018.2021.docx</t>
   </si>
   <si>
     <t>“CRIA META NO PPA 2018/2021, CRIA META NA LDO/2021 E ABRE CRÉDITO ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE GUARUJÁ DO SUL NO EXERCÍCIO DE 2021”.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/840/redacao_final_ao_projeto_de_lei_no_17.2021_._concurso_poesia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/840/redacao_final_ao_projeto_de_lei_no_17.2021_._concurso_poesia.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REALIZAÇÃO DO CONCURSO DE POESIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/844/redacao_final_ao_projeto_de_lei_no_018_._repasse_contrapartida_van.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/844/redacao_final_ao_projeto_de_lei_no_018_._repasse_contrapartida_van.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE DE RECURSOS FINANCEIROS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL MEDIANTE INEXIGIBILIDADE DE CHAMAMENTO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_192021_._ppa.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_192021_._ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE GUARUJÁ DO SUL PARA O QUADRIÊNIO 2022/2025 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/845/redacao_final_ao_projeto_de_lei_no_21.2021_._concessao_encubadora.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/845/redacao_final_ao_projeto_de_lei_no_21.2021_._concessao_encubadora.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER A CONCESSÃO DE DIREITO REAL DE USO DE BEM IMÓVEL, COMO FORMA DE INCENTIVO Á INDÚSTRIAS, PRESTADORAS DE SERVIÇOS, IMPORTADORAS, EXPORTADORAS, ARMAZÉM GERAL, ARMAZÉM ALFANDEGADO E AINDA COOPERATIVAS DE PRODUÇÃO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_22.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_22.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO ADERIR À OPERAÇÃO “TAPA-BURACOS” NA BR 163, TRECHO GUARUJÁ DO SUL – NO PERÍMETRO TERRITORIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/872/projeto_de_lei_23.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/872/projeto_de_lei_23.doc</t>
   </si>
   <si>
     <t>ALTERA PARÁGRAFO ÚNICO DOS ARTIGOS 1º E 2º DA LEI MUNICIPAL 2.188/2012 DE 23 DE ABRIL DE 2012, QUE AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SUL A RECEBER EM DOAÇÃO COM ENCARGOS ÁREAS DE TERRAS CONFORME ESPECIFICA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/873/projeto_de_lei_24.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/873/projeto_de_lei_24.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SUL A DESAFETAR PARTE DA RUA VEREADOR ALCIDES GUBERT E ALTERAR TRAÇADO DA RUA VEREADOR ALCIDES GUBERT E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/871/projeto_25.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/871/projeto_25.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/877/redacao_final_ao_projeto_de_lei_n_26.2021_._conder.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/877/redacao_final_ao_projeto_de_lei_n_26.2021_._conder.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 5ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_27.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_27.2021.docx</t>
   </si>
   <si>
     <t>Autoriza a alienação de bens imóveis municipais e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_28.2021_._ldo.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_28.2021_._ldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL, AS PRIORIDADES E METAS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO-PROGRAMA PARA O EXERCÍCIO DE 2022”.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/880/projeto_de_lei_29.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/880/projeto_de_lei_29.2021.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO FIRMAR TERMO DE COOPERAÇÃO TÉCNICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/900/redacao_final_ao_projeto_de_lei_no_30.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/900/redacao_final_ao_projeto_de_lei_no_30.2021.docx</t>
   </si>
   <si>
     <t>RATIFICA A 2ª ALTERAÇÃO DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS – SANTA CATARINA PARANÁ E RIO GRANDE DO SUL – DE SEGURANÇA ALIMENTAR, ATENÇÃO A SANIDADE AGROPECUÁRIA E DESENVOLVIMENTO LOCAL – CONSAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/901/redacao_final_ao_projeto_de_lei_no_31.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/901/redacao_final_ao_projeto_de_lei_no_31.2021.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o processo de desmembramento de partes da chácara nº 01, objeto da matrícula 11.903, e das outras providências.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_32.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_32.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL  ATRAVÉS  DA   ABERTURA  DE   UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/915/redacao_final_ao_projeto_de_lei_no_33.2021_juro_zero.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/915/redacao_final_ao_projeto_de_lei_no_33.2021_juro_zero.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “JURO ZERO” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/921/redacao_final_ao_projeto_de_lei_no_34.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/921/redacao_final_ao_projeto_de_lei_no_34.2021.docx</t>
   </si>
   <si>
     <t>AUTORIZA REALIZAR ADEQUAÇÕES NAS RECEITAS E DESPESAS CONSTANTES DO PPA – PLANO PLURIANUAL – LEI Nº 2.718/2021 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/922/redacao_final_ao_projeto_de_lei_no_35.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/922/redacao_final_ao_projeto_de_lei_no_35.2021.docx</t>
   </si>
   <si>
     <t>AUTORIZA REALIZAR ADEQUAÇÕES NAS RECEITAS E DESPESAS CONSTANTES DA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LEI Nº 2.725/2021 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/923/redacao_final_ao_projeto_de_lei_no_36.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/923/redacao_final_ao_projeto_de_lei_no_36.2021.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/924/redacao_final_ao_projeto_de_lei_no_37.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/924/redacao_final_ao_projeto_de_lei_no_37.2021.docx</t>
   </si>
   <si>
     <t>“Altera dispositivo do art. 5º da Lei 2.296/2013 de 09 de setembro de 2013”.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/925/redacao_final_ao_projeto_de_lei_no_38.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/925/redacao_final_ao_projeto_de_lei_no_38.2021.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal 2.223/2012 de 13 de julho de 2012 com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_de_lei_39.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_de_lei_39.doc</t>
   </si>
   <si>
     <t>Autoriza contribuição na manutenção de bem público cedido para a Associação de Agricultores Familiares da Região de Linha Baixo Arara e dá outras providências.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/926/redacao_final_ao_projeto_de_lei_no_40.2021_._loteameto_diehl.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/926/redacao_final_ao_projeto_de_lei_no_40.2021_._loteameto_diehl.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 2.465/2015 de 16 de dezembro de 2015, que Aprovou Plano de Loteamento e Autorização para concessão de licença da outras providencias.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/929/redacao_final_ao_projeto_de_lei_no_41.2021_rua_coberta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/929/redacao_final_ao_projeto_de_lei_no_41.2021_rua_coberta.docx</t>
   </si>
   <si>
     <t>Autoriza implantação de Rua Coberta com interrupção do tráfego de veículos no trecho que identifica e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/927/redacao_final_ao_projeto_de_lei_no_42.2021_conder.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/927/redacao_final_ao_projeto_de_lei_no_42.2021_conder.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 6ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSORCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/930/redacao_final_ao_projeto_de_lei_no_43.2021_._arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/930/redacao_final_ao_projeto_de_lei_no_43.2021_._arara.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.679, DE 16 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/931/redacao_final_ao_projeto_de_lei_no_44.2021_._refis_com_emenda.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/931/redacao_final_ao_projeto_de_lei_no_44.2021_._refis_com_emenda.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DE GUARUJÁ DO SUL – REFIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/933/redacao_final_projeto_de_lei__n._46.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/933/redacao_final_projeto_de_lei__n._46.2021.docx</t>
   </si>
   <si>
     <t>“CRIA META NO PPA 2018/2021, CRIA META NA LDO/2021 E ABRE CRÉDITO ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE GUARUJÁ DO SUL NO EXERCÍCIO DE  2021”.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/934/redacao_final_ao_projeto_de_lei_no_47.2021_repasse_arara.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/934/redacao_final_ao_projeto_de_lei_no_47.2021_repasse_arara.doc</t>
   </si>
   <si>
     <t>Autoriza  a transferência de Recursos Financeiros à Associação de Agricultores Familiares da Região de Linha Baixo Arara mediante inexigibilidade de chamamento público e dá outras providências.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/935/redacao_final_ao_projeto_de_lei_no_48.2021_revisao_geral_anual.doc</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/935/redacao_final_ao_projeto_de_lei_no_48.2021_revisao_geral_anual.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/766/redacao_final_projeto_de_lei__complementar_n._74.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/766/redacao_final_projeto_de_lei__complementar_n._74.2021.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FAIXA NÃO EDIFICÁVEL CONTÍGUA ÀS FAIXAS DE DOMÍNIO PÚBLICO AO LONGO DAS RODOVIAS E ASSEGURA O DIREITO DE PERMANÊNCIA DE EDIFICAÇÕES NA FAIXA NÃO DIFICÁVEL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_lc_75.2021-2.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_lc_75.2021-2.pdf</t>
   </si>
   <si>
     <t>“ATUALIZA VENCIMENTO BASE, DISPÕE SOBRE A FORMA DE ALTERAÇÃO SALARIAL, DO VALOR DOS NÍVEL DE VENCIMENTOS DOS CARGOS DE ACS E DOS ACE, FIXA A DATA BASE E ADOTA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/932/redacao_final_projeto_de_lei__complementar_n._76.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/932/redacao_final_projeto_de_lei__complementar_n._76.2021.docx</t>
   </si>
   <si>
     <t>Altera artigos da Lei Complementar nº 47/2018 de 26 de novembro de 2018, que dispõe sobre o Código Tributário do Município de Guarujá do Sul, e das outras providências.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/937/redacao_final_projeto_de_lei__complementar_n._77.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/937/redacao_final_projeto_de_lei__complementar_n._77.2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n. 2002, de 28 de outubro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/750/redacao_final_ao_projeto_de_lei_legislativo_no_01.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/750/redacao_final_ao_projeto_de_lei_legislativo_no_01.docx</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL NO VENCIMENTO DOS CARGOS EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_002.2021_._vereador_mirim.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_002.2021_._vereador_mirim.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, NO ÂMBITO DA CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, "PROGRAMA VEREADOR MIRIM” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/751/redacao_final_ao_projeto_de_resolucao_no_01.2021_-_transmissoes_ao_vivo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/751/redacao_final_ao_projeto_de_resolucao_no_01.2021_-_transmissoes_ao_vivo.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSMISSÃO DE SESSÕES PELAS REDES SOCIAIS OFICIAIS DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/752/redacao_final_ao_projeto_de_resolucao_no_02.2021_-_galeria_lilas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/752/redacao_final_ao_projeto_de_resolucao_no_02.2021_-_galeria_lilas.docx</t>
   </si>
   <si>
     <t>CRIA A “GALERIA LILÁS” E INSTITUI O MÊS DE MARÇO COMO O MÊS DA MULHER NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, e DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/809/projeto_de_resolucao_no_03.2021_-_sessao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/809/projeto_de_resolucao_no_03.2021_-_sessao.docx</t>
   </si>
   <si>
     <t>Dispõe sobre dia e horário das Sessões Ordinárias durante a 15ª legislatura da Câmara de Vereadores do Município de Guarujá do Sul, Estado de Santa Catarina e Dá Outras Providências.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_resolucao_no_04.2021_._altera_dias_das_reunioes_de_comissoes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_resolucao_no_04.2021_._altera_dias_das_reunioes_de_comissoes.docx</t>
   </si>
   <si>
     <t>Altera a redação dos Incisos I e II do artigo 88 da Resolução nº 06, de 15 de dezembro de 2015, que estabelece o Regimento Interno da Câmara de Vereadores de Guarujá do Sul, Estado de Santa Catarina e, dá outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_resolucao_no_05.2021_._cria_comissao_permanente.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_resolucao_no_05.2021_._cria_comissao_permanente.docx</t>
   </si>
   <si>
     <t>Cria a Comissão de Defesa dos Direitos da Pessoa com Deficiência no âmbito da Câmara Municipal de Guarujá do Sul, Estado de Santa Catarina, alterando a Resolução, nº 06, de 15 de dezembro de 2015 – Regimento Interno e adota outras providências.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/890/redacao_final_ao_projeto_de_resolucao_no_06.2021_-_regimento_interno_vereador_mirim.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/890/redacao_final_ao_projeto_de_resolucao_no_06.2021_-_regimento_interno_vereador_mirim.docx</t>
   </si>
   <si>
     <t>ESTABELECE O REGIMENTO INTERNO DOS VEREADORES MIRINS DA CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_resolucao_no_07.2021_camara_fotografica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_resolucao_no_07.2021_camara_fotografica.docx</t>
   </si>
   <si>
     <t>CRIA A “GALERIA CÂMARA FOTOGRÁFICA” NO SITE OFICIAL DO PODER LEGISLATIVO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2778,67 +2778,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_verbal_no._01.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_verbal_no._02.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_verbal_no._03.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_verbal_no._04.2021_-_sonia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_verbal_no._05.2021_-_sonia_internet.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_verbal_no._06.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_verbal_no._07.2021_-_marcia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_verbal_no._08.2021_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_verbal_no._09.2021_-_volnei_gossler.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_verbal_no._10.2021_-_luis_carlos.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_verbal_no._11.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_verbal_no._12.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_verbal_no._13.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_verbal_no._14.2021_-_marcia_._fia.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_verbal_no._15.2021_-_sonia_._nome_cemiterio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_verbal_no._16.2021_-_luiz_carlos_.__banheiros_cemiterios.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/765/inducacao_verbal_n._17.2021_-_luiz_carlos_quebra_mola_linha_arara.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_verbal_no._18.2021_-_sinalizacao_hospital.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_verbal_no._19.2021_-_marcia_._faixas_de_pedestres.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_verbal_no._20.2021_-_marcia_._sinalizacao_ciclistas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_verbal_no._21.2021_-_rodrigo_._ciclovia_e_pista_para_jovens.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_verbal_no._22.2021_-_rodrigo_._pavimentacoes_no_centro.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_verbal_no._23.2021_-_jair_tibolla_._loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_no._24.2021_-_volnei_gossler_._protecao_ponte.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_no._25.2021_-_luis_carlos_seibel_._asfalto_grimm.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal_no._26.2021_-_sonia_._lixeiras_e_limpeza_via_publica.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_verbal_no._27.2021_-_rodrigo_._redutor_vel._na_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_verbal_no._28.2021_-_tibolla_._esclarecimentos_manutencoes_de_maquinas.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_verbal_no._29.2021_-_tibolla_._solicita_prestacao_de_contas_ao_hospital..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_verbal_no._30.2021_-_volnei_gossler_._iluminacao_gruta.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_verbal_no._31.2021_-_rodrigo_._manutencao_estrada_taquarucu.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/784/indicacao_verbal_no._32.2021_-_luis_carlos_seibel_._ponte_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_verbal_no._33.2021_-_sonia_._solicitar_veiculo_para_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_verbal_no._34.2021_-_rodrigo_._passeio_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_verbal_no._35.2021_-_tibolla_._incentivo_aos_loteadores.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_no._36.2021_-_volnei_gossler_._casa_de_apoio_floripa.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_no._37.2021_-_tibolla_._informacoes_recurso_pandemia.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_verbal_no._38.2021_-_mario_..docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_verbal_no._39.2021_-_rodrigo_._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_verbal_no._40.2021_-_rodrigo_._propriedades_do_municipio.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_verbal_no._41.2021_-_tibolla_._contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_verbal_no._42.2021_-_tibolla_._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_verbal_no._43.2021_-_mario_._propriedades_arara.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_verbal_no._44.2021_-_dalvani_roberta_lermen_._curso_cuidadores_de_idosos.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_verbal_no._45.2021_-_tibolla_._caes_de_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_verbal_no._46.2021_-_marcia_._reiterando_faixas_de_pedestres.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_verbal_no._47.2021_-_tibolla_._reitera_indicacao_37_relatorio_covid.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_verbal_no._48.2021_-_luis_carlos_seibel_._novos_profissionais_efetivos.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_verbal_no._49.2021_-_marcia_._psicologo_e_assistencia_social_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_verbal_no._50.2021_-_volnei_gossler_._reforma_anitgo_posto_e_pintuas_cor_d_bandeira.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_verbal_no._51.2021_-_sonia_._lombada_acesso_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_verbal_no._52.2021_-_tibolla_._loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_verbal_no._53.2021_-_tibolla_._placas_rua_do_elza.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_verbal_no._54.2021_-_tibolla_._alterar_turno_audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_verbal_no._55.2021_-_luiz_carlos_._cisternas_e_energia_solar.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_verbal_no._56.2021_-_rodrigo_._reforma_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/828/inducacao_verbal_n._57.2021_-_rodrigo_._conselho_da_juventude.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/830/inducacao_verbal_n._58.2021_-_rodrigo_._relatorio_engenharia.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/831/inducacao_verbal_n._59.2021_-_rodrigo_._criacao_de_viveiro.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_verbal_no._60.2021_-_tibolla_._informacoes_recurso_pandemia_novamente.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_verbal_no._61.2021_-_marcia_._identificacao_e_iluminacao_rua_leo_rippel.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_verbal_no._62.2021_-_marcia_._politicas_publicas.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_verbal_no._63.2021_-_marcia_._banco_de_curriculos.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_verbal_no._64.2021_-_tibolla_._lampadas_de_led.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_verbal_no._65.2021_-_tibolla_._casas_populares.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_verbal_no._67.2021_-_mario_._iluminacao_na_arara.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_verbal_no._68.2021_-_rodrigo_._cascalho_rua_elza.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_verbal_no._69.2021_-_sonia_andrioli_._medicos_na_arara.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_verbal_no._70.2021_-_tibolla_2.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_verbal_no.71.2021_-_tibolla_servicos_no_interior.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_verbal_no.73.2021_-_sonia_andrioli_._pe_de_pato.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/851/inducacao_verbal_no.74.2021_-_rodrigo_._revitalizacao_rua_eugenio_wasch....docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/852/inducacao_verbal_no._75.2021_-_rodrigo_.cosip.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/853/inducacao_verbal_no._76.2021_-_rodrigo_._canalizacao_da_sanga.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/861/inducacao_verbal_n._77.2021_-_rodrigo_._campainhas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/862/indicacao_verbal_no.78.2021_-_tibolla_senha_wifi.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/863/indicacao_verbal_no.79.2021_-_tibolla_prestacao_de_contas_arara.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/864/indicacao_verbal_no._80.2021_-_luiz_carlos_.__reitera_pedido_banheiros_cemiterios.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_verbal_no._81.2021_-_dalvani_roberta_lermen_._placas_nas_lombadas_sulina.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/867/indicacao_verbal_no._82.2021_-_dalvani_roberta_lermen_._quebra_mola_e_ponte_bela_vista.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/868/indicacao_verbal_no._83.2021_-_volnei_gossler_._juro_zero.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_verbal_no._84.2021_-_luiz_carlos_.__dist._adubo_liquido.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_verbal_no._85.2021_-_tibolla_limpeza_lote.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_verbal_no._86.2021_-_tibolla_meio_fio.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_verbal_no._87.2021_-_rodrigo_._relatorio_horas_extras_._obras.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_verbal_no._88.2021_-_tibolla_._reitera_pedido_sec._obras.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_verbal_no._89.2021_-_mario_._reforma_quadra_arara_e_doacao_equipamento_de_luz.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_verbal_no.90.2021_-_luiz_carlos_.__banheiro_quadra_da_b._arara.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_no.91.2021_-__bancada_de_situacao_-_apae.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_verbal_no.92.2021_-_mario__e_rodrigo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_verbal_no.93.2021_-_tibolla_._bandeiras_na_prefeitura.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_verbal_no.94.2021__-_rodrigo_._alterar_codigo_tributario.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_verbal_no.95.2021_-_rodrigo_._passeios.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_verbal_no.96.2021__-_marcia_._lei_economia_solidaria.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_verbal_no.97.2021__-_tibolla_._remanejamento.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_verbal_no.98.2021__-_volnei_gossler_._iluminacao_e_lixeiras_loteamento_weis.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_verbal_no.99.2021_-_bancada_de_oposicao_._canetas_de_insulina.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_verbal_no._100.2021_-_sonia_._antena_internet.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_verbal_no._101.2021_-_rodrigo_._gerador.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_verbal_no._102.2021_-_rodrigo_._brinquedos_praca.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_verbal_no._103.2021_-_luiz_carlos_.__mais_horas_trato_de_esteira.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_verbal_no._104.2021_-_rodrigo_._reativar_departamento_esportes.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_verbal_no._105.2021_-_tibolla_._faixas_de_pedestres_e_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_verbal_no._106.2021_-_marcia_._distribuicao_absorventes.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_verbal_no._107.2021_-_mario_._vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_verbal_no._108.2021_-_rodrigo_._incidencia_previdenciaria_no_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_verbal_no._109.2021_-_luiz_carlos_.__finalzar_a_ponte_13_de_maio.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_verbal_no._110.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_verbal_no._111.2021_-_volnei_._plantio_arvores.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_verbal_no._112.2021_-_clovis_._areas_verdes.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_verbal_no._113.2021_-_clovis_._demutran.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_verbal_no._114.2021_bancada_de_situacao_-_nomes_ruas.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_verbal_no._116.2021_marcia_._casa_familiar_rural.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_verbal_no._117.2021_rodrigo_._info_centro_de_idosos.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_verbal_no._118.2021_-_clovis.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_verbal_no._119.2021_-_rodrigo_._trevo_pessegueiro_e_passeios_do_elza.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_verbal_no._120.2021_-_volnei_quebra_mola_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_verbal_no._121.2021_-_robe_sarjetas.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_verbal_no._122.2021_-_volnei_._ceo.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_verbal_no._123.2021_-_marcia_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_verbal_no._124.2021_-_luiz_carlos_._demutran.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_verbal_no._125.2021_-_rodrigo_._pinturas_vagas_de_farmacia.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/753/projeto_de_decreto_legislativo_n._01.2021.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1325/decreto_legislativo_n._02.2021_luto_darci_hart.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1326/decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1327/decreto_04.2021_-_mae_mario_pagno.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1328/decreto_legislativo_n._05.2021_ipenor_spada.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1329/decreto_legislativo_n._06.2021.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1330/decreto_07.2021_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/757/mocao_no_01.2021_passarela.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_no_02.2021_._cleber_leitos_covid.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_no_03.2021_._volnei_vacinas_professores.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_no_04.2021_roberta.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/785/mocao_no_05.2021_._vivo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/792/mocao_no_06.2021_._volnei_ambulancias.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/793/mocao_no_07.2021_._volnei_._dnit.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/797/mocao_no_08.2021_._cleber_mapa.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/804/mocao_no_09.2021_._volnei_._apoio_a_lei_salarios_enfermagem.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/805/mocao_no_10.2021_marcia_._apoio_saudades.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/814/mocao_no_11.2021_luiz_carlos_._aplausos_._iluminacao_led.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/815/mocao_no_12.2021_._volnei_._aplausos_lions.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/816/mocao_no_13.2021_volnei_._repudio_dnit.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/855/mocao_no_15.2021_mdb_..._nova.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/856/mocao_no_16.2019_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/857/mocao_no_17.2021_._cleber_._aplausos_cooperativas.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/858/mocao_no_18.2021_sonia_-_condolencias_darci_hart.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/859/mocao_no_19.2021_._apoio_aos_professores.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/860/mocao_no_20.2021_-_condolencias_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/883/mocao_no_21.2021_cleber_._dnit.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_no_22.2021_rodrigo_._aprasc.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/920/mocao_no_24.2021_situacao_._apela_projeto_de_lei_n._0248.1_._2021.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/949/mocao_no_25.2021_._cleber_._aplausos.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/738/redacao_final_ao_proj_de_lei_n._001.2021.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/749/redacao_final_ao_proj_de_lei_n._02.2021.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/761/redacao_final_ao_projeto_de_lei_n._03.2021_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/780/redacao_final_ao_projeto_de_lei_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/781/redacao_final_ao_projeto_de_lei_no_06.2021.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_07.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_08.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_09.2021_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/794/projeto_10.2021_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/803/redacao_final_ao_projeto_de_lei_no_11.2021.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/806/redacao_final_ao_projeto_de_lei_no_12.2021_._alteracao_redacao_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/807/redacao_final_ao_projeto_de_lei_no_13.2021_._carro_apae.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/829/projeto_de_lei_n_14.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_15.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/839/redacao_final_ao_projeto_de_lei_no_16.2021_._cria_meta_ppa_2018.2021.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/840/redacao_final_ao_projeto_de_lei_no_17.2021_._concurso_poesia.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/844/redacao_final_ao_projeto_de_lei_no_018_._repasse_contrapartida_van.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_192021_._ppa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/845/redacao_final_ao_projeto_de_lei_no_21.2021_._concessao_encubadora.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_22.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/872/projeto_de_lei_23.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/873/projeto_de_lei_24.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/871/projeto_25.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/877/redacao_final_ao_projeto_de_lei_n_26.2021_._conder.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_27.2021.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_28.2021_._ldo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/880/projeto_de_lei_29.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/900/redacao_final_ao_projeto_de_lei_no_30.2021.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/901/redacao_final_ao_projeto_de_lei_no_31.2021.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_32.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/915/redacao_final_ao_projeto_de_lei_no_33.2021_juro_zero.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/921/redacao_final_ao_projeto_de_lei_no_34.2021.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/922/redacao_final_ao_projeto_de_lei_no_35.2021.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/923/redacao_final_ao_projeto_de_lei_no_36.2021.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/924/redacao_final_ao_projeto_de_lei_no_37.2021.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/925/redacao_final_ao_projeto_de_lei_no_38.2021.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_de_lei_39.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/926/redacao_final_ao_projeto_de_lei_no_40.2021_._loteameto_diehl.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/929/redacao_final_ao_projeto_de_lei_no_41.2021_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/927/redacao_final_ao_projeto_de_lei_no_42.2021_conder.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/930/redacao_final_ao_projeto_de_lei_no_43.2021_._arara.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/931/redacao_final_ao_projeto_de_lei_no_44.2021_._refis_com_emenda.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/933/redacao_final_projeto_de_lei__n._46.2021.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/934/redacao_final_ao_projeto_de_lei_no_47.2021_repasse_arara.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/935/redacao_final_ao_projeto_de_lei_no_48.2021_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/766/redacao_final_projeto_de_lei__complementar_n._74.2021.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_lc_75.2021-2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/932/redacao_final_projeto_de_lei__complementar_n._76.2021.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/937/redacao_final_projeto_de_lei__complementar_n._77.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/750/redacao_final_ao_projeto_de_lei_legislativo_no_01.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_002.2021_._vereador_mirim.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/751/redacao_final_ao_projeto_de_resolucao_no_01.2021_-_transmissoes_ao_vivo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/752/redacao_final_ao_projeto_de_resolucao_no_02.2021_-_galeria_lilas.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/809/projeto_de_resolucao_no_03.2021_-_sessao.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_resolucao_no_04.2021_._altera_dias_das_reunioes_de_comissoes.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_resolucao_no_05.2021_._cria_comissao_permanente.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/890/redacao_final_ao_projeto_de_resolucao_no_06.2021_-_regimento_interno_vereador_mirim.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_resolucao_no_07.2021_camara_fotografica.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_verbal_no._01.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_verbal_no._02.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_verbal_no._03.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_verbal_no._04.2021_-_sonia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_verbal_no._05.2021_-_sonia_internet.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_verbal_no._06.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_verbal_no._07.2021_-_marcia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_verbal_no._08.2021_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_verbal_no._09.2021_-_volnei_gossler.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_verbal_no._10.2021_-_luis_carlos.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_verbal_no._11.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_verbal_no._12.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_verbal_no._13.2021_-_jair_tibolla.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_verbal_no._14.2021_-_marcia_._fia.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_verbal_no._15.2021_-_sonia_._nome_cemiterio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_verbal_no._16.2021_-_luiz_carlos_.__banheiros_cemiterios.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/765/inducacao_verbal_n._17.2021_-_luiz_carlos_quebra_mola_linha_arara.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_verbal_no._18.2021_-_sinalizacao_hospital.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_verbal_no._19.2021_-_marcia_._faixas_de_pedestres.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_verbal_no._20.2021_-_marcia_._sinalizacao_ciclistas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_verbal_no._21.2021_-_rodrigo_._ciclovia_e_pista_para_jovens.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_verbal_no._22.2021_-_rodrigo_._pavimentacoes_no_centro.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_verbal_no._23.2021_-_jair_tibolla_._loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_no._24.2021_-_volnei_gossler_._protecao_ponte.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_no._25.2021_-_luis_carlos_seibel_._asfalto_grimm.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal_no._26.2021_-_sonia_._lixeiras_e_limpeza_via_publica.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_verbal_no._27.2021_-_rodrigo_._redutor_vel._na_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_verbal_no._28.2021_-_tibolla_._esclarecimentos_manutencoes_de_maquinas.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/779/indicacao_verbal_no._29.2021_-_tibolla_._solicita_prestacao_de_contas_ao_hospital..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_verbal_no._30.2021_-_volnei_gossler_._iluminacao_gruta.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_verbal_no._31.2021_-_rodrigo_._manutencao_estrada_taquarucu.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/784/indicacao_verbal_no._32.2021_-_luis_carlos_seibel_._ponte_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_verbal_no._33.2021_-_sonia_._solicitar_veiculo_para_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_verbal_no._34.2021_-_rodrigo_._passeio_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_verbal_no._35.2021_-_tibolla_._incentivo_aos_loteadores.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_no._36.2021_-_volnei_gossler_._casa_de_apoio_floripa.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_no._37.2021_-_tibolla_._informacoes_recurso_pandemia.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_verbal_no._38.2021_-_mario_..docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_verbal_no._39.2021_-_rodrigo_._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_verbal_no._40.2021_-_rodrigo_._propriedades_do_municipio.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_verbal_no._41.2021_-_tibolla_._contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_verbal_no._42.2021_-_tibolla_._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_verbal_no._43.2021_-_mario_._propriedades_arara.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_verbal_no._44.2021_-_dalvani_roberta_lermen_._curso_cuidadores_de_idosos.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_verbal_no._45.2021_-_tibolla_._caes_de_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_verbal_no._46.2021_-_marcia_._reiterando_faixas_de_pedestres.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_verbal_no._47.2021_-_tibolla_._reitera_indicacao_37_relatorio_covid.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_verbal_no._48.2021_-_luis_carlos_seibel_._novos_profissionais_efetivos.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_verbal_no._49.2021_-_marcia_._psicologo_e_assistencia_social_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_verbal_no._50.2021_-_volnei_gossler_._reforma_anitgo_posto_e_pintuas_cor_d_bandeira.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_verbal_no._51.2021_-_sonia_._lombada_acesso_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_verbal_no._52.2021_-_tibolla_._loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_verbal_no._53.2021_-_tibolla_._placas_rua_do_elza.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_verbal_no._54.2021_-_tibolla_._alterar_turno_audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_verbal_no._55.2021_-_luiz_carlos_._cisternas_e_energia_solar.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_verbal_no._56.2021_-_rodrigo_._reforma_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/828/inducacao_verbal_n._57.2021_-_rodrigo_._conselho_da_juventude.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/830/inducacao_verbal_n._58.2021_-_rodrigo_._relatorio_engenharia.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/831/inducacao_verbal_n._59.2021_-_rodrigo_._criacao_de_viveiro.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_verbal_no._60.2021_-_tibolla_._informacoes_recurso_pandemia_novamente.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_verbal_no._61.2021_-_marcia_._identificacao_e_iluminacao_rua_leo_rippel.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_verbal_no._62.2021_-_marcia_._politicas_publicas.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_verbal_no._63.2021_-_marcia_._banco_de_curriculos.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_verbal_no._64.2021_-_tibolla_._lampadas_de_led.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_verbal_no._65.2021_-_tibolla_._casas_populares.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_verbal_no._67.2021_-_mario_._iluminacao_na_arara.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_verbal_no._68.2021_-_rodrigo_._cascalho_rua_elza.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_verbal_no._69.2021_-_sonia_andrioli_._medicos_na_arara.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_verbal_no._70.2021_-_tibolla_2.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_verbal_no.71.2021_-_tibolla_servicos_no_interior.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_verbal_no.73.2021_-_sonia_andrioli_._pe_de_pato.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/851/inducacao_verbal_no.74.2021_-_rodrigo_._revitalizacao_rua_eugenio_wasch....docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/852/inducacao_verbal_no._75.2021_-_rodrigo_.cosip.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/853/inducacao_verbal_no._76.2021_-_rodrigo_._canalizacao_da_sanga.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/861/inducacao_verbal_n._77.2021_-_rodrigo_._campainhas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/862/indicacao_verbal_no.78.2021_-_tibolla_senha_wifi.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/863/indicacao_verbal_no.79.2021_-_tibolla_prestacao_de_contas_arara.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/864/indicacao_verbal_no._80.2021_-_luiz_carlos_.__reitera_pedido_banheiros_cemiterios.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_verbal_no._81.2021_-_dalvani_roberta_lermen_._placas_nas_lombadas_sulina.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/867/indicacao_verbal_no._82.2021_-_dalvani_roberta_lermen_._quebra_mola_e_ponte_bela_vista.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/868/indicacao_verbal_no._83.2021_-_volnei_gossler_._juro_zero.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_verbal_no._84.2021_-_luiz_carlos_.__dist._adubo_liquido.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_verbal_no._85.2021_-_tibolla_limpeza_lote.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_verbal_no._86.2021_-_tibolla_meio_fio.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_verbal_no._87.2021_-_rodrigo_._relatorio_horas_extras_._obras.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_verbal_no._88.2021_-_tibolla_._reitera_pedido_sec._obras.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_verbal_no._89.2021_-_mario_._reforma_quadra_arara_e_doacao_equipamento_de_luz.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_verbal_no.90.2021_-_luiz_carlos_.__banheiro_quadra_da_b._arara.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_no.91.2021_-__bancada_de_situacao_-_apae.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_verbal_no.92.2021_-_mario__e_rodrigo.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_verbal_no.93.2021_-_tibolla_._bandeiras_na_prefeitura.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_verbal_no.94.2021__-_rodrigo_._alterar_codigo_tributario.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_verbal_no.95.2021_-_rodrigo_._passeios.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_verbal_no.96.2021__-_marcia_._lei_economia_solidaria.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_verbal_no.97.2021__-_tibolla_._remanejamento.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_verbal_no.98.2021__-_volnei_gossler_._iluminacao_e_lixeiras_loteamento_weis.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_verbal_no.99.2021_-_bancada_de_oposicao_._canetas_de_insulina.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_verbal_no._100.2021_-_sonia_._antena_internet.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_verbal_no._101.2021_-_rodrigo_._gerador.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_verbal_no._102.2021_-_rodrigo_._brinquedos_praca.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_verbal_no._103.2021_-_luiz_carlos_.__mais_horas_trato_de_esteira.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_verbal_no._104.2021_-_rodrigo_._reativar_departamento_esportes.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_verbal_no._105.2021_-_tibolla_._faixas_de_pedestres_e_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_verbal_no._106.2021_-_marcia_._distribuicao_absorventes.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_verbal_no._107.2021_-_mario_._vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_verbal_no._108.2021_-_rodrigo_._incidencia_previdenciaria_no_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_verbal_no._109.2021_-_luiz_carlos_.__finalzar_a_ponte_13_de_maio.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_verbal_no._110.2021_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_verbal_no._111.2021_-_volnei_._plantio_arvores.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_verbal_no._112.2021_-_clovis_._areas_verdes.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_verbal_no._113.2021_-_clovis_._demutran.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_verbal_no._114.2021_bancada_de_situacao_-_nomes_ruas.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_verbal_no._116.2021_marcia_._casa_familiar_rural.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_verbal_no._117.2021_rodrigo_._info_centro_de_idosos.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_verbal_no._118.2021_-_clovis.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_verbal_no._119.2021_-_rodrigo_._trevo_pessegueiro_e_passeios_do_elza.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_verbal_no._120.2021_-_volnei_quebra_mola_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_verbal_no._121.2021_-_robe_sarjetas.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_verbal_no._122.2021_-_volnei_._ceo.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_verbal_no._123.2021_-_marcia_telhado_ginasio.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_verbal_no._124.2021_-_luiz_carlos_._demutran.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_verbal_no._125.2021_-_rodrigo_._pinturas_vagas_de_farmacia.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/757/mocao_no_01.2021_passarela.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_no_02.2021_._cleber_leitos_covid.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_no_03.2021_._volnei_vacinas_professores.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_no_04.2021_roberta.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/785/mocao_no_05.2021_._vivo.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/792/mocao_no_06.2021_._volnei_ambulancias.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/793/mocao_no_07.2021_._volnei_._dnit.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/797/mocao_no_08.2021_._cleber_mapa.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/804/mocao_no_09.2021_._volnei_._apoio_a_lei_salarios_enfermagem.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/805/mocao_no_10.2021_marcia_._apoio_saudades.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/814/mocao_no_11.2021_luiz_carlos_._aplausos_._iluminacao_led.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/815/mocao_no_12.2021_._volnei_._aplausos_lions.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/816/mocao_no_13.2021_volnei_._repudio_dnit.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/855/mocao_no_15.2021_mdb_..._nova.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/856/mocao_no_16.2019_-_aplausos.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/857/mocao_no_17.2021_._cleber_._aplausos_cooperativas.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/858/mocao_no_18.2021_sonia_-_condolencias_darci_hart.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/859/mocao_no_19.2021_._apoio_aos_professores.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/860/mocao_no_20.2021_-_condolencias_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/883/mocao_no_21.2021_cleber_._dnit.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_no_22.2021_rodrigo_._aprasc.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/920/mocao_no_24.2021_situacao_._apela_projeto_de_lei_n._0248.1_._2021.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/949/mocao_no_25.2021_._cleber_._aplausos.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/753/projeto_de_decreto_legislativo_n._01.2021.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1325/decreto_legislativo_n._02.2021_luto_darci_hart.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1326/decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1327/decreto_04.2021_-_mae_mario_pagno.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1328/decreto_legislativo_n._05.2021_ipenor_spada.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1329/decreto_legislativo_n._06.2021.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/1330/decreto_07.2021_ponto_facultativo.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/738/redacao_final_ao_proj_de_lei_n._001.2021.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/749/redacao_final_ao_proj_de_lei_n._02.2021.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/761/redacao_final_ao_projeto_de_lei_n._03.2021_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/780/redacao_final_ao_projeto_de_lei_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/781/redacao_final_ao_projeto_de_lei_no_06.2021.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_07.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_08.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_09.2021_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/794/projeto_10.2021_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/803/redacao_final_ao_projeto_de_lei_no_11.2021.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/806/redacao_final_ao_projeto_de_lei_no_12.2021_._alteracao_redacao_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/807/redacao_final_ao_projeto_de_lei_no_13.2021_._carro_apae.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/829/projeto_de_lei_n_14.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_15.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/839/redacao_final_ao_projeto_de_lei_no_16.2021_._cria_meta_ppa_2018.2021.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/840/redacao_final_ao_projeto_de_lei_no_17.2021_._concurso_poesia.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/844/redacao_final_ao_projeto_de_lei_no_018_._repasse_contrapartida_van.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_192021_._ppa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/845/redacao_final_ao_projeto_de_lei_no_21.2021_._concessao_encubadora.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_22.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/872/projeto_de_lei_23.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/873/projeto_de_lei_24.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/871/projeto_25.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/877/redacao_final_ao_projeto_de_lei_n_26.2021_._conder.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_27.2021.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_28.2021_._ldo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/880/projeto_de_lei_29.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/900/redacao_final_ao_projeto_de_lei_no_30.2021.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/901/redacao_final_ao_projeto_de_lei_no_31.2021.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_32.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/915/redacao_final_ao_projeto_de_lei_no_33.2021_juro_zero.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/921/redacao_final_ao_projeto_de_lei_no_34.2021.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/922/redacao_final_ao_projeto_de_lei_no_35.2021.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/923/redacao_final_ao_projeto_de_lei_no_36.2021.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/924/redacao_final_ao_projeto_de_lei_no_37.2021.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/925/redacao_final_ao_projeto_de_lei_no_38.2021.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_de_lei_39.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/926/redacao_final_ao_projeto_de_lei_no_40.2021_._loteameto_diehl.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/929/redacao_final_ao_projeto_de_lei_no_41.2021_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/927/redacao_final_ao_projeto_de_lei_no_42.2021_conder.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/930/redacao_final_ao_projeto_de_lei_no_43.2021_._arara.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/931/redacao_final_ao_projeto_de_lei_no_44.2021_._refis_com_emenda.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/933/redacao_final_projeto_de_lei__n._46.2021.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/934/redacao_final_ao_projeto_de_lei_no_47.2021_repasse_arara.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/935/redacao_final_ao_projeto_de_lei_no_48.2021_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/766/redacao_final_projeto_de_lei__complementar_n._74.2021.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_lc_75.2021-2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/932/redacao_final_projeto_de_lei__complementar_n._76.2021.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/937/redacao_final_projeto_de_lei__complementar_n._77.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/750/redacao_final_ao_projeto_de_lei_legislativo_no_01.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_002.2021_._vereador_mirim.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/751/redacao_final_ao_projeto_de_resolucao_no_01.2021_-_transmissoes_ao_vivo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/752/redacao_final_ao_projeto_de_resolucao_no_02.2021_-_galeria_lilas.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/809/projeto_de_resolucao_no_03.2021_-_sessao.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_resolucao_no_04.2021_._altera_dias_das_reunioes_de_comissoes.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_resolucao_no_05.2021_._cria_comissao_permanente.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/890/redacao_final_ao_projeto_de_resolucao_no_06.2021_-_regimento_interno_vereador_mirim.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_resolucao_no_07.2021_camara_fotografica.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6064,803 +6064,803 @@
         <v>101</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H125" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>520</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
         <v>521</v>
       </c>
       <c r="E126" t="s">
         <v>522</v>
       </c>
+      <c r="F126" t="s">
+        <v>114</v>
+      </c>
       <c r="G126" s="1" t="s">
         <v>523</v>
       </c>
       <c r="H126" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>525</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>17</v>
       </c>
       <c r="D127" t="s">
         <v>521</v>
       </c>
       <c r="E127" t="s">
         <v>522</v>
       </c>
       <c r="F127" t="s">
         <v>526</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>527</v>
       </c>
       <c r="H127" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>529</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>21</v>
       </c>
       <c r="D128" t="s">
         <v>521</v>
       </c>
       <c r="E128" t="s">
         <v>522</v>
       </c>
       <c r="F128" t="s">
-        <v>526</v>
+        <v>114</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H128" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>521</v>
       </c>
       <c r="E129" t="s">
         <v>522</v>
       </c>
       <c r="F129" t="s">
-        <v>526</v>
+        <v>195</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H129" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>29</v>
       </c>
       <c r="D130" t="s">
         <v>521</v>
       </c>
       <c r="E130" t="s">
         <v>522</v>
       </c>
       <c r="F130" t="s">
-        <v>526</v>
+        <v>114</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H130" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" t="s">
         <v>521</v>
       </c>
       <c r="E131" t="s">
         <v>522</v>
       </c>
       <c r="F131" t="s">
-        <v>526</v>
+        <v>114</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="H131" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>37</v>
       </c>
       <c r="D132" t="s">
         <v>521</v>
       </c>
       <c r="E132" t="s">
         <v>522</v>
       </c>
       <c r="F132" t="s">
-        <v>526</v>
+        <v>114</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H132" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D133" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E133" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F133" t="s">
-        <v>114</v>
+        <v>526</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H133" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>547</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="D134" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E134" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F134" t="s">
+        <v>114</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>550</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>50</v>
+      </c>
+      <c r="D135" t="s">
+        <v>521</v>
+      </c>
+      <c r="E135" t="s">
+        <v>522</v>
+      </c>
+      <c r="F135" t="s">
+        <v>69</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B135" t="s">
-[...14 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>553</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>55</v>
+      </c>
+      <c r="D136" t="s">
+        <v>521</v>
+      </c>
+      <c r="E136" t="s">
+        <v>522</v>
+      </c>
+      <c r="F136" t="s">
+        <v>51</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B136" t="s">
-[...14 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="D137" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E137" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F137" t="s">
         <v>114</v>
       </c>
       <c r="G137" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H137" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="D138" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E138" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F138" t="s">
         <v>114</v>
       </c>
       <c r="G138" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H138" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>562</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>73</v>
+      </c>
+      <c r="D139" t="s">
+        <v>521</v>
+      </c>
+      <c r="E139" t="s">
+        <v>522</v>
+      </c>
+      <c r="F139" t="s">
         <v>563</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>564</v>
       </c>
       <c r="H139" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>566</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="D140" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E140" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F140" t="s">
-        <v>548</v>
+        <v>56</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>567</v>
       </c>
       <c r="H140" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>569</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="D141" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E141" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F141" t="s">
-        <v>114</v>
+        <v>526</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H141" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>572</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="D142" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E142" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F142" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H142" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>575</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="D143" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E143" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F143" t="s">
-        <v>51</v>
+        <v>576</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H143" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="D144" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E144" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F144" t="s">
-        <v>114</v>
+        <v>195</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H144" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>581</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="D145" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E145" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F145" t="s">
-        <v>114</v>
+        <v>526</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H145" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>584</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="D146" t="s">
-        <v>543</v>
+        <v>521</v>
       </c>
       <c r="E146" t="s">
-        <v>544</v>
+        <v>522</v>
       </c>
       <c r="F146" t="s">
+        <v>101</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>587</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>113</v>
+      </c>
+      <c r="D147" t="s">
+        <v>521</v>
+      </c>
+      <c r="E147" t="s">
+        <v>522</v>
+      </c>
+      <c r="F147" t="s">
+        <v>38</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B147" t="s">
-[...14 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>590</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>118</v>
+      </c>
+      <c r="D148" t="s">
+        <v>521</v>
+      </c>
+      <c r="E148" t="s">
+        <v>522</v>
+      </c>
+      <c r="F148" t="s">
+        <v>526</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B148" t="s">
-[...14 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>593</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" t="s">
         <v>594</v>
       </c>
-      <c r="B149" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E149" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>595</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H149" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="D150" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="E150" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="F150" t="s">
-        <v>526</v>
+        <v>576</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H150" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>601</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>594</v>
+      </c>
+      <c r="E151" t="s">
+        <v>595</v>
+      </c>
+      <c r="F151" t="s">
+        <v>576</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H151" t="s">
         <v>600</v>
-      </c>
-[...19 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="D152" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="E152" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="F152" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H152" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="D153" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="E153" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="F153" t="s">
-        <v>101</v>
+        <v>576</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H153" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>608</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="D154" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="E154" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="F154" t="s">
-        <v>38</v>
+        <v>576</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H154" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>611</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="D155" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="E155" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="F155" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H155" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>614</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>10</v>
       </c>
       <c r="D156" t="s">
         <v>615</v>
       </c>
       <c r="E156" t="s">
         <v>616</v>
       </c>
       <c r="F156" t="s">
@@ -8116,103 +8116,103 @@
       </c>
       <c r="G204" s="1" t="s">
         <v>763</v>
       </c>
       <c r="H204" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>765</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
         <v>766</v>
       </c>
       <c r="E205" t="s">
         <v>767</v>
       </c>
       <c r="F205" t="s">
-        <v>526</v>
+        <v>576</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H205" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>770</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>17</v>
       </c>
       <c r="D206" t="s">
         <v>766</v>
       </c>
       <c r="E206" t="s">
         <v>767</v>
       </c>
       <c r="F206" t="s">
-        <v>526</v>
+        <v>576</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H206" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>773</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>10</v>
       </c>
       <c r="D207" t="s">
         <v>774</v>
       </c>
       <c r="E207" t="s">
         <v>775</v>
       </c>
       <c r="F207" t="s">
-        <v>526</v>
+        <v>576</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>776</v>
       </c>
       <c r="H207" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>778</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>17</v>
       </c>
       <c r="D208" t="s">
         <v>774</v>
       </c>
       <c r="E208" t="s">
         <v>775</v>
       </c>
       <c r="G208" s="1" t="s">