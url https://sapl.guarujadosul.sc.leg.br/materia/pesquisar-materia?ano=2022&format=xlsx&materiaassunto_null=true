--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -36,228 +36,156 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>1331</t>
+    <t>970</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>DL</t>
-[...14 lines deleted...]
-    <t>1332</t>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Márcia Andréia Fernandes</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx</t>
+  </si>
+  <si>
+    <t>SUGERE AO CONSELHO MUNICIPAL DE TRÂNSITO MELHORIAS NA VIA DE TRANSITO EM FRENTE A CRECHE MUNICIPAL, INSERINDO A SINALIZAÇÃO ADEQUADA, A INSTALAÇÃO DE EQUIPAMENTOS EM FRENTE AS LOMBADAS E QUE ESTUDE A VIABILIDADE DE MUDAR O ESTACIONAMENTO OBLIQUO PARA O ESTACIONAMENTO PARALELO NAQUELE LOCAL</t>
+  </si>
+  <si>
+    <t>971</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx</t>
-[...2 lines deleted...]
-    <t>1333</t>
+    <t>Chibi</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO SETOR DE URBANISMO, A RETOMADA DA ROTINA DE LIMPEZA, MANUTENÇÃO E REFORMAS NECESSÁRIAS NO GINÁSIO DA VILA SULINA.</t>
+  </si>
+  <si>
+    <t>972</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx</t>
-[...5 lines deleted...]
-    <t>1334</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO, QUE ESTUDE A VIABILIDADE DE INSTALAR LIXEIRAS EM FRENTE ÀS ARQUIBANCADAS DO CAMPO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>973</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx</t>
-[...5 lines deleted...]
-    <t>1335</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE ALTERAR A LEI 1.507/2001 QUE INSTITUI O DEPARTAMENTO MUNICIPAL DE TRANSITO - DEMUTRAN, PARA QUE SEJA INCLUIDO COMO MEMBRO, UM RERESENTANTE DE AUTO-ESCOLA DO MUNICIPIO</t>
+  </si>
+  <si>
+    <t>974</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
-[...2 lines deleted...]
-    <t>1336</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR ABSORVENTES ÍNTIMOS PARA MULHERES DO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>975</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
-[...5 lines deleted...]
-    <t>1337</t>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE REALIZAR PAVIMENTAÇÃO COM PEDRAS IRREGUARES NO FINAL DA RUA AFONSO DINON, PROXIMIDADES DA SOCIEDADE BALNEÁRIO GUARUJÁ</t>
+  </si>
+  <si>
+    <t>976</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx</t>
-[...5 lines deleted...]
-    <t>1338</t>
+    <t>Volnei Luis Gossler</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE  DE INSTALAR UM  "GUARDA CORPO" NA PONTE DE ACESSO A  GRUTA</t>
+  </si>
+  <si>
+    <t>977</t>
   </si>
   <si>
     <t>8</t>
-  </si>
-[...82 lines deleted...]
-    <t>977</t>
   </si>
   <si>
     <t>Sônia Lúcia Kuhn Rosenbach</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR COMPETENTE DA MUNICIPALIDADE QUE PROVIDENCIE A LIMPEZA DA VEGETAÇÃO ÀS MARGENS DA ESTRADA QUE DÁ ACESSO A LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE INSTALAR SISTEMA DE MONITORAMENTO NA PRAÇA MUNICIPAL</t>
   </si>
   <si>
     <t>979</t>
   </si>
@@ -327,51 +255,51 @@
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE DEIXE UMA VAGA DE ESTACIONAMENTO VAZIA EM FRENTE À ENTRADA DO PRÉDIO DA PREFEITURA, PINTANDO-SE O CHÃO OU COLOCANDO-SE UMA PLACA NO LOCAL PARA FACILITAR O ACESSO DE TODOS</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJAM NOTIFICADAS AS EMPRESAS QUE FAZEM PROPAGANDA POR CARRO DE SOM NAS RUAS DA CRECHE MUNICIPAL</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Luiz Carlos Seibel</t>
+    <t>Pibi</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE FINALIZE AS OBRAS DA PONTE NA LINHA TREZE DE MAIO</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJA PROVIDENCIADO MAIORES GRADES DE PROTEÇÃO NAS EXTREMIDADES DA QUADRA ESPORTIVA DO GINÁSIO DE ESPORTES, BEM COMO SEJA PENSADA UMA FORMA DE ELIMINAR O VÃO ENTRE A QUADRA E AS ARQUIBANCADAS</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -460,50 +388,53 @@
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE CÓPIA DA PRESTAÇÃO DE CONTAS DA FECEG</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE  DE REALIZAR PAVIMENTAÇÃO ASFÁLTICA NO TRECHO QUE LIGA O MUNICÍPIO DE GUARUJÁ DO SUL AO MUNICIPIO DE PRINCESA/SC</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>27</t>
+  </si>
+  <si>
+    <t>Poder Legislativo</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REALIZE LIMPEZA E MANUTENÇÃO NO PASSEIO DAS RUAS VEREADOR JOSÉ LÉO RIPPEL E MARANHÃO</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE REALIZAR OBRA DE CONSTRUÇÃO DE PORTAL NA ENTRADA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>29</t>
   </si>
@@ -1535,72 +1466,141 @@
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REAVALIADA A RAMPA DE ACESSIBILIDADE DA ENTRADA DO SETOR DE FISIOTERAPIA DO MUNICÍPIO, VISTO QUE A RAMPA É MUITO ESTREITA</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE INSTALAR EXAUSTORES, OU VENTILADORES, OU ALGUMA OUTRA FORMA DE CLIMATIZAR O INTERIOR DO GINÁSIO DE ESPORTES PARA MINIMIZAR O CALOR.</t>
   </si>
   <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx</t>
+  </si>
+  <si>
+    <t>DECRETA  LUTO  OFICIAL</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx</t>
+  </si>
+  <si>
+    <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2020.</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
+  </si>
+  <si>
+    <t>CONCEDE PREMIAÇÃO "ALUNO NOTA DEZ", PARA OS ESTUDANTES DO ENSINO FUNDAMENTAL E MÉDIO DAS REDES DE ENSINO DO MUNICÍPIO DE GUARUJÁ DO SUL.</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx</t>
+  </si>
+  <si>
+    <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx</t>
+  </si>
+  <si>
     <t>1131</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx</t>
   </si>
   <si>
     <t>APELA ao Cartório Eleitoral de Dionísio Cerqueira – 50ª Zona Eleitoral, e ao Tribunal Regional Eleitoral, para que estude a possibilidade de separar novamente as seções 158 e 159, ou dividir em partes iguais as seções 157 e 160.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx</t>
   </si>
   <si>
     <t>APROVA DESMEMBRAMENTO COM PARCELAMENTO DO SOLO, CONTENDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx</t>
   </si>
@@ -2324,51 +2324,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="220.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2413,3220 +2413,3220 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H13" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>53</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D27" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>68</v>
+        <v>132</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="H32" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D33" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="H34" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="H35" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>132</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="H36" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="D38" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="H38" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="D39" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="H40" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="H41" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>172</v>
+        <v>123</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="D43" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="H43" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="D44" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="H44" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="H45" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="D48" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D49" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H49" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="D50" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D51" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="H51" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="D52" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="H52" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D54" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="H54" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="D55" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="H55" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="D56" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="H56" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="D57" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="H57" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="D58" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="H58" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D59" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="H59" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="D60" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="H60" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="D61" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="H61" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D62" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="H62" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D63" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="D64" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="H64" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="D65" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="D66" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>64</v>
+        <v>278</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="H66" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="D67" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>64</v>
+        <v>278</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="H67" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D68" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>48</v>
+        <v>132</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H68" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="H69" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="D70" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>68</v>
+        <v>123</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H70" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="D71" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="H71" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D72" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="H72" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="D73" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="H73" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="D74" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>301</v>
+        <v>39</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="H74" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="D75" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>301</v>
+        <v>123</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="H75" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="D76" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="H76" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="D77" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="H77" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="D78" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="H78" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="D79" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="H79" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="D80" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="H80" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="D81" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="H81" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="D82" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="H82" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="D83" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="H83" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="D84" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="H84" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="D85" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="H85" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="D86" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="H86" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="D87" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="H87" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="D88" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H88" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="D89" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="H89" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="D90" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="H90" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="D91" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="H91" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="D92" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="H92" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="D93" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>48</v>
+        <v>132</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="H93" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="D94" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>132</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="H94" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="D95" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="H95" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="D96" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>43</v>
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>123</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="H96" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="D97" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="H97" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="D98" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="H98" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D99" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="H99" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="D100" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="H100" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="D101" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="H101" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="D102" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="H102" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="D103" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="H103" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="D104" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="H104" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="D105" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="H105" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="D106" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="H106" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="D107" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="H107" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D108" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="H108" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="D109" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="H109" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="D110" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="H110" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D111" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="H111" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="D112" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="H112" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="D113" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="H113" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="D114" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="H114" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="D115" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="H115" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="D116" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="H116" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>473</v>
+        <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E117" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F117" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="H117" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>477</v>
+        <v>17</v>
       </c>
       <c r="D118" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E118" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="H118" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>481</v>
+        <v>22</v>
       </c>
       <c r="D119" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E119" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="H119" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>485</v>
+        <v>26</v>
       </c>
       <c r="D120" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E120" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F120" t="s">
-        <v>68</v>
+        <v>123</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="H120" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>489</v>
+        <v>30</v>
       </c>
       <c r="D121" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E121" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F121" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H121" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>493</v>
+        <v>34</v>
       </c>
       <c r="D122" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E122" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F122" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H122" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="D123" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E123" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F123" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H123" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>501</v>
+        <v>43</v>
       </c>
       <c r="D124" t="s">
-        <v>42</v>
+        <v>482</v>
       </c>
       <c r="E124" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="F124" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H124" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>504</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>10</v>
       </c>
       <c r="D125" t="s">
         <v>505</v>
       </c>
       <c r="E125" t="s">
         <v>506</v>
       </c>
       <c r="F125" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H125" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>509</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
         <v>510</v>
       </c>
       <c r="E126" t="s">
         <v>511</v>
       </c>
       <c r="F126" t="s">
@@ -5651,1175 +5651,1175 @@
       </c>
       <c r="D127" t="s">
         <v>510</v>
       </c>
       <c r="E127" t="s">
         <v>511</v>
       </c>
       <c r="F127" t="s">
         <v>512</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H127" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>518</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D128" t="s">
         <v>510</v>
       </c>
       <c r="E128" t="s">
         <v>511</v>
       </c>
       <c r="F128" t="s">
         <v>512</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H128" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>520</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D129" t="s">
         <v>510</v>
       </c>
       <c r="E129" t="s">
         <v>511</v>
       </c>
       <c r="F129" t="s">
         <v>512</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H129" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>523</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D130" t="s">
         <v>510</v>
       </c>
       <c r="E130" t="s">
         <v>511</v>
       </c>
       <c r="F130" t="s">
         <v>512</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H130" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>526</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D131" t="s">
         <v>510</v>
       </c>
       <c r="E131" t="s">
         <v>511</v>
       </c>
       <c r="F131" t="s">
         <v>512</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>366</v>
+        <v>343</v>
       </c>
       <c r="H131" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>528</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D132" t="s">
         <v>510</v>
       </c>
       <c r="E132" t="s">
         <v>511</v>
       </c>
       <c r="F132" t="s">
         <v>512</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>529</v>
       </c>
       <c r="H132" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>531</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D133" t="s">
         <v>510</v>
       </c>
       <c r="E133" t="s">
         <v>511</v>
       </c>
       <c r="F133" t="s">
         <v>512</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>532</v>
       </c>
       <c r="H133" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>534</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="D134" t="s">
         <v>510</v>
       </c>
       <c r="E134" t="s">
         <v>511</v>
       </c>
       <c r="F134" t="s">
         <v>512</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>535</v>
       </c>
       <c r="H134" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>537</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="D135" t="s">
         <v>510</v>
       </c>
       <c r="E135" t="s">
         <v>511</v>
       </c>
       <c r="F135" t="s">
         <v>512</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>538</v>
       </c>
       <c r="H135" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>540</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="D136" t="s">
         <v>510</v>
       </c>
       <c r="E136" t="s">
         <v>511</v>
       </c>
       <c r="F136" t="s">
         <v>512</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>541</v>
       </c>
       <c r="H136" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>543</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="D137" t="s">
         <v>510</v>
       </c>
       <c r="E137" t="s">
         <v>511</v>
       </c>
       <c r="F137" t="s">
         <v>512</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>544</v>
       </c>
       <c r="H137" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>546</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="D138" t="s">
         <v>510</v>
       </c>
       <c r="E138" t="s">
         <v>511</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>547</v>
       </c>
       <c r="H138" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>549</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="D139" t="s">
         <v>510</v>
       </c>
       <c r="E139" t="s">
         <v>511</v>
       </c>
       <c r="F139" t="s">
         <v>512</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H139" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>552</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="D140" t="s">
         <v>510</v>
       </c>
       <c r="E140" t="s">
         <v>511</v>
       </c>
       <c r="F140" t="s">
         <v>512</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H140" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>555</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D141" t="s">
         <v>510</v>
       </c>
       <c r="E141" t="s">
         <v>511</v>
       </c>
       <c r="F141" t="s">
         <v>512</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H141" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>558</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="D142" t="s">
         <v>510</v>
       </c>
       <c r="E142" t="s">
         <v>511</v>
       </c>
       <c r="F142" t="s">
         <v>512</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H142" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>561</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="D143" t="s">
         <v>510</v>
       </c>
       <c r="E143" t="s">
         <v>511</v>
       </c>
       <c r="F143" t="s">
         <v>512</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H143" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>564</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="D144" t="s">
         <v>510</v>
       </c>
       <c r="E144" t="s">
         <v>511</v>
       </c>
       <c r="F144" t="s">
         <v>512</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H144" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>567</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="D145" t="s">
         <v>510</v>
       </c>
       <c r="E145" t="s">
         <v>511</v>
       </c>
       <c r="F145" t="s">
         <v>512</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H145" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>570</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>126</v>
+        <v>102</v>
       </c>
       <c r="D146" t="s">
         <v>510</v>
       </c>
       <c r="E146" t="s">
         <v>511</v>
       </c>
       <c r="F146" t="s">
         <v>512</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>571</v>
       </c>
       <c r="H146" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>573</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D147" t="s">
         <v>510</v>
       </c>
       <c r="E147" t="s">
         <v>511</v>
       </c>
       <c r="F147" t="s">
         <v>512</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H147" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>576</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
       <c r="D148" t="s">
         <v>510</v>
       </c>
       <c r="E148" t="s">
         <v>511</v>
       </c>
       <c r="F148" t="s">
         <v>512</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>577</v>
       </c>
       <c r="H148" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>579</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="D149" t="s">
         <v>510</v>
       </c>
       <c r="E149" t="s">
         <v>511</v>
       </c>
       <c r="F149" t="s">
         <v>512</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>580</v>
       </c>
       <c r="H149" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>582</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="D150" t="s">
         <v>510</v>
       </c>
       <c r="E150" t="s">
         <v>511</v>
       </c>
       <c r="F150" t="s">
         <v>512</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>583</v>
       </c>
       <c r="H150" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>585</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>150</v>
+        <v>127</v>
       </c>
       <c r="D151" t="s">
         <v>510</v>
       </c>
       <c r="E151" t="s">
         <v>511</v>
       </c>
       <c r="F151" t="s">
         <v>512</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>586</v>
       </c>
       <c r="H151" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>588</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="D152" t="s">
         <v>510</v>
       </c>
       <c r="E152" t="s">
         <v>511</v>
       </c>
       <c r="F152" t="s">
         <v>512</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>589</v>
       </c>
       <c r="H152" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>591</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="D153" t="s">
         <v>510</v>
       </c>
       <c r="E153" t="s">
         <v>511</v>
       </c>
       <c r="F153" t="s">
         <v>512</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>592</v>
       </c>
       <c r="H153" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>594</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="D154" t="s">
         <v>510</v>
       </c>
       <c r="E154" t="s">
         <v>511</v>
       </c>
       <c r="F154" t="s">
         <v>512</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>595</v>
       </c>
       <c r="H154" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>597</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>171</v>
+        <v>148</v>
       </c>
       <c r="D155" t="s">
         <v>510</v>
       </c>
       <c r="E155" t="s">
         <v>511</v>
       </c>
       <c r="F155" t="s">
         <v>512</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H155" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>599</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>176</v>
+        <v>153</v>
       </c>
       <c r="D156" t="s">
         <v>510</v>
       </c>
       <c r="E156" t="s">
         <v>511</v>
       </c>
       <c r="F156" t="s">
         <v>512</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>600</v>
       </c>
       <c r="H156" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>602</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>180</v>
+        <v>157</v>
       </c>
       <c r="D157" t="s">
         <v>510</v>
       </c>
       <c r="E157" t="s">
         <v>511</v>
       </c>
       <c r="F157" t="s">
         <v>512</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>603</v>
       </c>
       <c r="H157" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>605</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>184</v>
+        <v>161</v>
       </c>
       <c r="D158" t="s">
         <v>510</v>
       </c>
       <c r="E158" t="s">
         <v>511</v>
       </c>
       <c r="F158" t="s">
         <v>512</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H158" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>608</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>188</v>
+        <v>165</v>
       </c>
       <c r="D159" t="s">
         <v>510</v>
       </c>
       <c r="E159" t="s">
         <v>511</v>
       </c>
       <c r="F159" t="s">
         <v>512</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H159" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>611</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="D160" t="s">
         <v>510</v>
       </c>
       <c r="E160" t="s">
         <v>511</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H160" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>614</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>17</v>
       </c>
       <c r="D161" t="s">
         <v>615</v>
       </c>
       <c r="E161" t="s">
         <v>616</v>
       </c>
       <c r="F161" t="s">
         <v>512</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H161" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>619</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D162" t="s">
         <v>615</v>
       </c>
       <c r="E162" t="s">
         <v>616</v>
       </c>
       <c r="F162" t="s">
         <v>512</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H162" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>622</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>353</v>
+        <v>330</v>
       </c>
       <c r="D163" t="s">
         <v>615</v>
       </c>
       <c r="E163" t="s">
         <v>616</v>
       </c>
       <c r="F163" t="s">
         <v>512</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H163" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>625</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>361</v>
+        <v>338</v>
       </c>
       <c r="D164" t="s">
         <v>615</v>
       </c>
       <c r="E164" t="s">
         <v>616</v>
       </c>
       <c r="F164" t="s">
         <v>512</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H164" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>628</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>369</v>
+        <v>346</v>
       </c>
       <c r="D165" t="s">
         <v>615</v>
       </c>
       <c r="E165" t="s">
         <v>616</v>
       </c>
       <c r="F165" t="s">
         <v>512</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H165" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>631</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
         <v>632</v>
       </c>
       <c r="E166" t="s">
         <v>633</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H166" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>636</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>17</v>
       </c>
       <c r="D167" t="s">
         <v>632</v>
       </c>
       <c r="E167" t="s">
         <v>633</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>637</v>
       </c>
       <c r="H167" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>639</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D168" t="s">
         <v>632</v>
       </c>
       <c r="E168" t="s">
         <v>633</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H168" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>642</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D169" t="s">
         <v>632</v>
       </c>
       <c r="E169" t="s">
         <v>633</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H169" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>645</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
         <v>646</v>
       </c>
       <c r="E170" t="s">
         <v>647</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>648</v>
       </c>
       <c r="H170" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>650</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>17</v>
       </c>
       <c r="D171" t="s">
         <v>646</v>
       </c>
       <c r="E171" t="s">
         <v>647</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>651</v>
       </c>
       <c r="H171" t="s">
         <v>649</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>