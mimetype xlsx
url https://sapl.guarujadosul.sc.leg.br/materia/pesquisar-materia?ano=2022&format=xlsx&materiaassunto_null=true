--- v1 (2026-02-02)
+++ v2 (2026-03-23)
@@ -54,1973 +54,1973 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Márcia Andréia Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx</t>
   </si>
   <si>
     <t>SUGERE AO CONSELHO MUNICIPAL DE TRÂNSITO MELHORIAS NA VIA DE TRANSITO EM FRENTE A CRECHE MUNICIPAL, INSERINDO A SINALIZAÇÃO ADEQUADA, A INSTALAÇÃO DE EQUIPAMENTOS EM FRENTE AS LOMBADAS E QUE ESTUDE A VIABILIDADE DE MUDAR O ESTACIONAMENTO OBLIQUO PARA O ESTACIONAMENTO PARALELO NAQUELE LOCAL</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Chibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE URBANISMO, A RETOMADA DA ROTINA DE LIMPEZA, MANUTENÇÃO E REFORMAS NECESSÁRIAS NO GINÁSIO DA VILA SULINA.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, QUE ESTUDE A VIABILIDADE DE INSTALAR LIXEIRAS EM FRENTE ÀS ARQUIBANCADAS DO CAMPO MUNICIPAL.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE ALTERAR A LEI 1.507/2001 QUE INSTITUI O DEPARTAMENTO MUNICIPAL DE TRANSITO - DEMUTRAN, PARA QUE SEJA INCLUIDO COMO MEMBRO, UM RERESENTANTE DE AUTO-ESCOLA DO MUNICIPIO</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx</t>
   </si>
   <si>
     <t>SOLICITA À ADMINISTRAÇÃO MUNICIPAL QUE ATRAVÉS DE SEUS SETORES RESPONSÁVEIS, ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR ABSORVENTES ÍNTIMOS PARA MULHERES DO MUNICÍPIO</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE REALIZAR PAVIMENTAÇÃO COM PEDRAS IRREGUARES NO FINAL DA RUA AFONSO DINON, PROXIMIDADES DA SOCIEDADE BALNEÁRIO GUARUJÁ</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Volnei Luis Gossler</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE  DE INSTALAR UM  "GUARDA CORPO" NA PONTE DE ACESSO A  GRUTA</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Sônia Lúcia Kuhn Rosenbach</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR COMPETENTE DA MUNICIPALIDADE QUE PROVIDENCIE A LIMPEZA DA VEGETAÇÃO ÀS MARGENS DA ESTRADA QUE DÁ ACESSO A LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE INSTALAR SISTEMA DE MONITORAMENTO NA PRAÇA MUNICIPAL</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Jair Tibolla</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE REALIZAR UM, PROJETO DE ARBORIZAÇÃO NO MUNICÍPIO</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE CONTRATAR PROFESSOR DE PATINAÇÃO E DISPONIBILIZE LOCAL PARA AS AULAS</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx</t>
   </si>
   <si>
     <t>SOLICITA A MUNICIPALIDADE QUE ATRAVÉS DO DEPARTAMENTO MUNICIPAL DE ESPORTES ESTUDE A VIABILIDADE DE:_x000D_
 _x000D_
 1) REALIZAR ESTUDO JUNTO AS ESCOLAS, OBJETIVANDO OUVIR AS CRIANÇAS E JOVENS COLHENDO SUGETÕES DE NOVAS MODALIDADES ESPORTIVAS._x000D_
 _x000D_
  2) QUE AS AULAS DE ATLETISMO RETORNEM PARA 16 HORAS SEMANAIS._x000D_
 _x000D_
 3) REALIZAR REFORMA E REPAROS NO MODULO ESPORTIVO,_x000D_
 NECESSÁRIOS PARA AS ATIVIDADES DE ATLETISMO._x000D_
 _x000D_
 4) IMPLANTAR QUADRA DE AREIA NAS DEPENDÊNCIAS DO MÓDULO ESPORTIVO.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE DISPONIBILIZE A SENHA DE WI-FI, EM LOCAL VISÍVEL, NO GINÁSIO MUNICIPAL DE ESPORTES, E QUE SEJAM SUBSTITUIDAS AS LÂMPADAS INTERNAS QUE ESTÃO QUEIMADAS NO GINÁSIO</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE DEIXE UMA VAGA DE ESTACIONAMENTO VAZIA EM FRENTE À ENTRADA DO PRÉDIO DA PREFEITURA, PINTANDO-SE O CHÃO OU COLOCANDO-SE UMA PLACA NO LOCAL PARA FACILITAR O ACESSO DE TODOS</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJAM NOTIFICADAS AS EMPRESAS QUE FAZEM PROPAGANDA POR CARRO DE SOM NAS RUAS DA CRECHE MUNICIPAL</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Pibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE FINALIZE AS OBRAS DA PONTE NA LINHA TREZE DE MAIO</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJA PROVIDENCIADO MAIORES GRADES DE PROTEÇÃO NAS EXTREMIDADES DA QUADRA ESPORTIVA DO GINÁSIO DE ESPORTES, BEM COMO SEJA PENSADA UMA FORMA DE ELIMINAR O VÃO ENTRE A QUADRA E AS ARQUIBANCADAS</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJA INSTALADA INTERNET NOS CLUBES DAS COMUNIDADES DO INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJA IMPLEMENTADO O BÔNUS AGRÍCOLA PARA TODOS OS AGRICULTORES, E NÃO SOMENTE AOS PRODUTORES DE LEITE</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDEM A POSSIBILIDADE DE  RETORNAREM AS ATIVIDADES DOS GRUPOS DE IDOSOS</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL RETIRE A FIAÇÃO DE TELEFONE QUE ESTÁ CAÍDA NO ACESSO À LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA APARADA A GRAMA DO CEMTERIO MUNICIPAL</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE TOME PROVIDÊNCIAS EFETIVAS CONTRA OS DONOS DE TERRENOS QUE ESTÃO ABANDONADOS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE TOME PROVIDÊNCIAS NO PASSEIO, NAS PROXIMIDADES DA ESCOLA ELZA MANCELOS DE MOURA, POIS NO LOCAL EXISTE UMA CAIXA DE CONCRETO QUE OBSTRUI A PASSAGEM DE PEDESTRES E CADEIRANTES</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ATRAVÉS DO SETOR COMPETENTE, ENCAMINHE CÓPIA DA PRESTAÇÃO DE CONTAS DA FECEG</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE  DE REALIZAR PAVIMENTAÇÃO ASFÁLTICA NO TRECHO QUE LIGA O MUNICÍPIO DE GUARUJÁ DO SUL AO MUNICIPIO DE PRINCESA/SC</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REALIZE LIMPEZA E MANUTENÇÃO NO PASSEIO DAS RUAS VEREADOR JOSÉ LÉO RIPPEL E MARANHÃO</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE REALIZAR OBRA DE CONSTRUÇÃO DE PORTAL NA ENTRADA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Dalvâni Roberta Lermen</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR COMPETENTE DA MUNICIPALIDADE PROVIDENCIE A AQUISIÇÃO DE REPÉLENTES DE MOSQUITOS PARA SEREM UTILIZADOS NAS ESCOLAS E DISTRIBUÍDOS ÀS GESTANTES NA UNIDADE BASICA DE SAUDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ENCAMINHE  CÓPIA DO CONTRATO QUE O MUNICÍPIO POSSUI COM A EMPRESA INVIOLÁVEL</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO QUE ESTUDE  VIABILIDADE DE REALIZAR OBRA DE PAVIMENTAÇÃO ASFÁLTICA NA RUA DARCI CAVAGLIER"._x000D_
 _x000D_
 "SOLICITA QUE O SETOR COMPETENTE DA MUNICIPALIDADE QUE PROVIDENCIE A MANUTENÇÃO DA GALERIA DE ÁGUAS PLUVIAIS DO PARQUE INDUSTRIAL".</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx</t>
   </si>
   <si>
     <t>SOLICITA A MUNICIPALIDADE QUE ATRAVÉS DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO ESTUDE A VIABILIDADE DE INSTALAR REDUTORES DE VELOCIDADE NA AVENIDA JOÃO PESSOA, TRECHO DE ACESSO AO GINÁSIO MUNICIPAL DE ESPORTES</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PT e PP</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx</t>
   </si>
   <si>
     <t>SOLICITAM A MUNICIPALIDADE CADASTRE O MUNICÍPIO NO PROGRAMA CONECTA AGRO, DO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx</t>
   </si>
   <si>
     <t>SOLICITA A MUNICIPALIDADE QUE ATRAVÉS DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO ESTUDE A VIABILIDADE DE INSTALAR REDUTORES DE VELOCIDADE NA AVENIDA JOÃO PESSOA, TRECHO DE ACESSO AO GINÁSIO MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL PROVIDENCIE S INSTALAÇÃO DE UM CORRIMÃO NA ESCADA DE ACESSO AO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A POSSIBILIDADE DE VIDEOMONITORAR O LOCAL EM QUE OS ÔNIBUS ESCOLARES DO MUNICÍPIO FICAM ESTACIONADOS A NOITE</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR DE ENGENHARIA DO MUNICÍPIO ANALISE E BUSQUE SOLUCIONAR A SITUAÇÃO DO DESNÍVEL DO PASSEIO EM FRENTE A FOTO GUARUJÁ</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE REALIZE MANUTENÇÃO DA CÂMERAS DE VIGILÂNCIA DO MUNICÍPIO, E EFETUE SUBSTITUIÇÕES SE FOR NECESSÁRIO</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA MUNICIPAL DE SAÚDE PROVIDENCIE SALA DE VACINAÇÃO DISTANTE DAS DEMAIS SALAS QUE RECEBEM OUTROS TIPOS DE PACIENTES.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA MUNICIPAL DE SAÚDE ENCAMINHE INFORMAÇÕES REFERENTES A ACADEMIA DE SAÚDE INSTALADA NOS FUNDOS DO PRÉDIO DA UBS</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx</t>
   </si>
   <si>
     <t>SOLICITA A MUNICIPALIDADE INFORMAÇÕES SOBRE O GINÁSIO DE ESPORTES DE VILA SULINA</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A  ADMINITRAÇÃO MUNICIPAL BUSQUE SOLUCIONAR PROBLEMA DE ESCOAMENTO DE ÁGUA DAS CHUVAS QUE AVANÇAM SOBRE AS LAVOURAS PRÓXIMAS AO PARQUE INDUTRIAL II</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A  ADMINITRAÇÃO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE, BUSQUE REALIZAR MANUTENÇÃO NA ESTRADA DE ACESSO A LINHA POSSATO BAIXO</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A  SECRETARIA MUNICPAL DE SAÚDE DISPONIBILIZE SALA DE ESPERA PARA OS PACIENTES QUE NECESSITAM SE DESLOCAR A OUTROS MUNICÍPIOS</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx</t>
   </si>
   <si>
     <t>SOLICITA QUESEJA CERCADO CAMPO DE FUTEBOL NAS PROXIMIDADES DO GINÁSIO DE ESPORTES MUNICIPAL</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ADQUIRA AMBULÂNCIA DO TIPO UTI MÓVEL</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR RESPONSÁVEL PELA ILUMINAÇÃO PÚBLICA, BUSQUE RESOLVER PROBLEMAS NA RUA ANTÔNIO BAVARESCO, JUNTO AO LOTEAMENTO GNOATTO</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL NOTIFIQUE PROPRIETÁRIOS DE LOTES ABANDONADOS NO LOTEAMENTO GNOATTO E EFETUA A LIMPEZA DOS MESMOS</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE TRIBUTOS DO MUNICÍPIO, QUE ENCAMINHE RELAÇÃO DE CONTRIBUINTES QUE ADERIRAM AO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS, E TAMBÉM A RELAÇÃO DOS DEVEDORES QUE SE ENQUADRAM E POSSAM VIR A ADERIR AO PROGRAMA</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE TRANSPORTES E OBRAS QUE REALIZE MANUTENÇÃO NAS RUAS DO PARQUE INDUSTRIAL NO LOTEAMENTO SILVESTRE FOIATTO</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REALIZE MANUTENÇÃO NO ASFALTO DE ACESSO A LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx</t>
   </si>
   <si>
     <t>SOLICITOU À ADMINISTRAÇÃO QUE, COLOQUE PLACAS INDICATIVAS NOS DESVIOS ALTERNATIVOS À BR 163.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL SE EXISTE CONCURSO VIGENTE PARA A PASTA DE TRANSPORTES OBRAS BEM COMO ANALISE A POSSIBILIDADE DE CONVOCAR OS PROXIMOS APROVADOS NO CONCURSO PARA O SETOR DE TRANSPORTES E OBRAS</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR JURÍDICO DA ADMINISTRAÇÃO MUNICIPAL, QUE ENCAMINHE INFORMAÇÕES SOBRE O ANDAMENTO DO PROGRAMA REURB</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE UM PROFISSIONAL PARA AULAS DE STEP</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL E O DEMUTRAN, AVALIEM A POSSIBILIDADE  DE DIMINUIR A ALTURA DAS RÓTULAS DO MUNICÍPIO, BEM COMO AVALIEM A POSSIBILIDADE DE CRIAÇÃO DE UMA VAGA PARA ESTACIONAMENTO DE AMBULÂNCIA EM FRENTE AO POSTO DE SAÚDE</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ANALISE A VIABILIDADE DE CONSTRUIR CASA MORTUÁRIA JUNTO AO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ANALISADA A POSSIBILIDADE DE ORGANIZAR UM ESTACIONAMENTO PARA OS CARROS DOS PROFESSORES DO NÚCLEO MUNICIPAL ARCO IRIS, DENTRO DO PÁTIO DA ESCOLA</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE UMA FORMA DE INCENTIVAR OS ATLETAS DO MUNICÍPIO, E SUGERE O "BOLSA ATLETA".</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO À SECRETARIA DE TRANSPORTES E OBRAS, PARA QUE REALIZE MANUTENÇÃO NAS RUAS DO PARQUE INDUSTRIAL NO LOTEAMENTO SILVESTRE FOIATTO, E QUE SEJA ADQUIRIDO PICHE, PARA MELHOR FIXAÇÃO DO MATERIAL NO LOCAL A SER APLICADO.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A MANUTENÇÃO NAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA QUE NÃO FUNCIONAM NAS COMUNIDADES DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ANALISADA A POSSIBILIDADE DE UTILIZAÇÃO DE MATERIAL DIDÁTICO DO SISTEMA POSITIVO DE ENSINO</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL, QUE ATRAVÉS DO SETOR DE CONTABILIDADE, ENCAMINHE RELATÓRIO DOS  VALORES RECEBIDOS DO GOVERNO FEDERAL, E DE QUE FORMA E EM QUAIS LOCAIS FORAM APLICADOS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE REALIZE A LIMPEZA DA VTERRA ACUMULADA APÓS A LAVAGEM DA PISTA, NA AVENIDA JOÃO PESSOA, PROXIMIDADES DA RESIDENCIA DO SENHOR OTAVIO TAUBE.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Mário Pagno</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADMINISTRAÇÃO MUNICIPAL QUE EXECUTE A OBRA DE CONSTRUÇÃO DA PONTE NA LINHA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx</t>
   </si>
   <si>
     <t>SOLICITA REABERTURA DO POSTO DE SAUDE NA LINHA BAIXO ARARA, EM ESPECIAL PARA ATENDIMENTO DE DENTISTAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE PLACAS INDICANDO NOMES DAS RUAS NA VILA SULINA</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DA CRIAÇÃO DE UMA LEI MUNICIPAL QUE ESTABELEÇA PISO SALARIAL AOS ENFERMEIROS, TÉCNICOS DE ENFERMAGEM E PARTEIROS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM COLOCADOS CASCALHOS NA NOVA ESTRADA DA LINHA CEMBRANI, E QUE SEJAM FEITOS BUEIROS.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM REALIZADOS REPAROS NA PONTE QUE LIGA A LINHA BAIXO ARARA À LINHA PINHEIRINHO.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM REALIZADOS REPAROS NA PONTE DA LINHA ALTO ARARA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx</t>
   </si>
   <si>
     <t>SOLICITA AOS ÓRGÃOS COMPETENTES QUE SEJAM COLOCADAS IDENTIFICAÇÕES NAS  RUAS DE LOTEAMENTOS QUE AINDA NÃO POSSUEM IDENTIFICAÇÃO, E QUE SEJA SOLICITADO QUE TODAS AS CASAS DO MUNICÍPIO CONTENHAM NÚMERO DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA DE EDUCAÇÃO ANALISE A POSSIBILIDADE DE REALIZAR O PROGRAMA PROERD PARA AS TURMAS QUE PERDERAM O PROGRAMA NOS ANO S DE PANDEMIA.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO EXPEDIENTE À CELESC REQUERENDO A INSTALAÇÃO DE UMA REDE DE ILUMINAÇÃO PÚBLICA NA RUA PEDRO VARGAS DE MACEDO</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DE LÂMPADAS DE ILUMINAÇÃO PÚBLICA NA RUA CEARÁ</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ADQUIRA KITS DE LIXEIRAS DE COLETA SELETIVA, E QUE SEJAM INSTALADAS EM RUAS DO MUNICIPIO COMO FORMA DE TESTE</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO AO PODER LEGISLATIVO CÓPIA DA ATA DA LICITAÇÃO, DA ORDEM DE SERVIÇO, E DOS PAGAMENTOS REFRENTES A OBRA DE CONSTRUÇÃO DO PASSEIO NA LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE AOS TERRENOS QUE FORAM LICITADOS NO PARQUE INDUSTRIAL ALCIDES WOLKWEIS</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM COLOCADOS TUBOS DE CONCRETO EM TRECHO DA ESTRADA ENTRE A LINHA PESSEGUEIRO E LINHA MAIDANA</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O DIRETOR DE URBANISMO EFETUE MELHOR ACOMPANHAMENTO DOS TRABALHOS DOS OPERADORES DE MÁQUINAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>CONVIDOU OS MEMBROS DO SINDICATO DOS FUNCIONÁRIOS PÚBLICOS PARA PARTICIPAREM DA PRÓXIMA REUNIÃO DE COMISSÃO QUE HOUVER DISCUSSÃO SOBRE O PROJETO DE LEI QUE TRATA DO ABONO ASSIDUIDADE</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBLIDADE DE CEDER UM SERVIDOR PARA CUIDAR DO GRAMADO, DA LIMPEZA E DA JARDINAGEM DO CAMPO MUNICIPAL</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx</t>
   </si>
   <si>
     <t>SOLICITAQUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA PISTA DE MOTOCROSS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE AS PRÓXIMAS AUDIÊNCIAS PÚBLICAS SEJAM REALIZADAS FORA DO HORÁRIO DE EXPEDIENTE</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR DE OBRAS DO MUNICÍPIO REALIZE CASCALHAMENTO NA ESTRADA QUE LIGA A ESCOLA DA LINHA PESSEGUEIRO A BR163</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA OTÁVIO DILL, PROXIMO A ESTRADA QUE DA ACESSO AO BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO DE MANUTENÇÃO NAS RUAS DO PARQUE INDUSTRIAL I</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA UTILIZADO O CAMPO DOADO PELA POLÍCIA MILITAR PARA TREINOS</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA CRIADO CARGO DE SEGUNDO PROFESSOR NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ESTUDADA A VIABILIDADE DE AMPLIAR A CARGA HORÁRIA DO PSICOLOGO, PARA MELHOR ATENTEDIMENTO JUNTO A ASSISTENCIA SOCIAL</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SECRETÁRIO DE OBRAS PROVIDENCIE A MANUTENÇÃO DAS ESTRADAS DA LINHA ALTO E BAIXA ARARA</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA INSTALAÇÃO DE TORNEIRAS E CORRIMÕES NO CEMITÉRIO</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MANUTENÇÃO DO TRECHO EM FRENTE A AGROPECUARIA AGRITEC, NA RUA RUI BARBOSA - CENTRO</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO DEMUTRAN QUESEJA FEITA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA DO COMÉRCIO, NA LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MANUTENÇÃO DA RUA FELIPE HENTZ</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA DADA DESTINAÇÃO ÀS MÁQUINAS DA SECRETARIA DE AGRICULTURA QUE ESTÃO SEM USO NO PARQUE INDUSTRIAL</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADO UM ESPAÇO FÍSICO COM COMPUTADOR PARA OS AGENTES COMUNITÁRIOS DE SAÚDE REALIZAREM SEUS TRABALHOS</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM REALIZADOS REPAROS NA ESTRADA DE ACESSO AO SÍTIO DA SENHORA SÔNIA SCHMIDT</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx</t>
   </si>
   <si>
     <t>SOLICITAQUE O SETOR DE TRANSPORTES E OBRAS DO MUNICÍPIO REALIZE MANUTENÇÕES NAS ESTRADAS DAS LINHAS CORONEL E ALTO ARARA</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MANUTENÇÃO DA RUA EDVINO WINTER, NO BAIRRO KOHAN</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA LINHA BARRO PRETO</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MANUTENÇÃO DAS ESTRADAS DA LINHA BELA VISTA</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO PROVIDENCIE O TÉRMINO DA OBRA DE CALÇAMENTO NO LOTEAMENTO SCHMIDT</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA A ILUMINAÇÃO PÚBLICA DA RUA DE ACESSO AO PARQUE INDUSTRIAL DOIS</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO DE QUE SEJA REALIZADA A LIMPEZA DA ESTRADA QUE DÁ ACESSO À LINHA PESSEGUEIRO</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A SITUAÇÃO DAS COBRANÇAS DE CONTRIBUIÇÕES DE MELHORIAS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx</t>
   </si>
   <si>
     <t>REITERANDO A SOLICITAÇÃO PARA QUE SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA O RELATÓRIO DOS GASTOS COM PUBLICIDADE PELA ADMINISTRAÇÃO</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O DEMUTRAN ANALISE A POSSIBILIDADE DE FAZER, NO DECORRER DA AVENIDA JOÃO PESSOA, FAIXAS DE PEDESTRES ELEVADAS</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO CALÇAMENTO NA RUA VEREADOR JOSÉ LÉO WINTER</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INSTALADA UM REDUTOR DE VELOCIDADE EM FRENTE AO BAR DO ALEMÃO, NA VILA SULINA</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx</t>
   </si>
   <si>
     <t>SOLICITAQUE ESTUDE-SE A VIABILIDADE DE CRIAR-SE ESTACIONAMENTOS TEMPORÁRIOS NOS PONTOS DE MAIORES MOVIMENTOS NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A VIABILIDADE DE CRIAR-SE UM HORÁRIO ESTENDIDO À NOITE PARA OS ATENDIMENTOS À SAÚDE DO TRABALHADOR</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O DEMUTRAN ESTUDE A POSSIBILIDADE DE TORNAR DE MÃO ÚNICA A RUA CEARÁ, EM FRENTE À ESCOLA MUNICIPAL</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REAVALIADA A RAMPA DE ACESSIBILIDADE DA ENTRADA DO SETOR DE FISIOTERAPIA DO MUNICÍPIO, VISTO QUE A RAMPA É MUITO ESTREITA</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE INSTALAR EXAUSTORES, OU VENTILADORES, OU ALGUMA OUTRA FORMA DE CLIMATIZAR O INTERIOR DO GINÁSIO DE ESPORTES PARA MINIMIZAR O CALOR.</t>
   </si>
   <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>MOÇÃO LEGISLATIVA</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx</t>
+  </si>
+  <si>
+    <t>APELA ao Cartório Eleitoral de Dionísio Cerqueira – 50ª Zona Eleitoral, e ao Tribunal Regional Eleitoral, para que estude a possibilidade de separar novamente as seções 158 e 159, ou dividir em partes iguais as seções 157 e 160.</t>
+  </si>
+  <si>
     <t>1331</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
   </si>
   <si>
     <t>CONCEDE PREMIAÇÃO "ALUNO NOTA DEZ", PARA OS ESTUDANTES DO ENSINO FUNDAMENTAL E MÉDIO DAS REDES DE ENSINO DO MUNICÍPIO DE GUARUJÁ DO SUL.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx</t>
   </si>
   <si>
     <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx</t>
-[...14 lines deleted...]
-    <t>APELA ao Cartório Eleitoral de Dionísio Cerqueira – 50ª Zona Eleitoral, e ao Tribunal Regional Eleitoral, para que estude a possibilidade de separar novamente as seções 158 e 159, ou dividir em partes iguais as seções 157 e 160.</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx</t>
   </si>
   <si>
     <t>APROVA DESMEMBRAMENTO COM PARCELAMENTO DO SOLO, CONTENDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A TRANSFERÊNCIA DE RECURSOS FINANCEIROS Á ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REALIZAÇÃO DA I FECEG – “FEIRA E EXPOSIÇÃO COMERCIAL E EMPRESARIAL DE GUARUJÁ DO SUL”, AUTORIZA EFETUAR DESPESAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>ALTERA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO DENOMINADO DE AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO (ARIS), ANEXO DA LEI Nº 2.222/2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESPONSABILIDADE POR VALORES REFERENTES ÀS MULTAS DE TRÂNSITO DECORRENTES DE INFRAÇÕES COMETIDAS POR AGENTES PÚBLICOS NA CONDUÇÃO DE VEÍCULO OFICIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 7ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUARUJÁ DO SUL A ADERIR AO PROGRAMA “MAIS ASFALTO”, CRIADO PELO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER, FIRMANDO OS RESPECTIVOS CONTRATO DE PROGRAMA, CONTRATO DE APORTE FINANCEIRO DE INGRESSO AO PROGRAMA E CONTRATO DE RATEIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx</t>
   </si>
   <si>
     <t>“CRIA META NO PPA 2022/2025, CRIA META NA LDO/2022 E ABRE CRÉDITO ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE GUARUJÁ DO SUL NO EXERCÍCIO DE  2022”.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx</t>
   </si>
   <si>
     <t>"FIXA A DATA BASE DA CONCESSÃO DA REVISÃO ANUAL GERAL, CONCEDE AUMENTO REAL E ADOTA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx</t>
   </si>
   <si>
     <t>PRORROGA A VIGÊNCIA DO PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS/GUARUJÁ DO SUL, de que trata a LEI MUNICIPAL Nº 2.740/2021 DE 17 DE DEZEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx</t>
   </si>
   <si>
     <t>Altera a alínea "a" do Artigo 30 Seção III, Capítulo I da Lei Municipal no 1.507/2001 de 16 de julho de 2001, e das outras providências.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx</t>
   </si>
   <si>
     <t>Aprova desmembramento com parcelamento do solo e remembramento, contendo outras providências.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 8ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSORCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx</t>
   </si>
   <si>
     <t>RATIFICA A 1ª ALTERAÇÃO DO CONTRATO DE CONSÓRCIO DO CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS - SANTA CATARINA PARANÁ E RIO GRANDE DO SUL – DE SEGURANÇA ALIMENTAR, ATENÇÃO A SANIDADE AGROPECUÁRIA E DESENVOLVIMENTO LOCAL – CONSAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx</t>
   </si>
   <si>
     <t>APROVA PLANO DE LOTEAMENTO E AUTORIZAÇÃO PARA CONCESSÃO DE LICENÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REESTIMATIVA DOS VALORES FISCAIS DO PLANO PLURIANUAL DO GOVERNO DO MUNICIPIO DE GUARUJÁ DO SUL, PARA O PERÍODO DE  2023”.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE GUARUJÁ DO SUL, AS PRIORIDADES E METAS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO-PROGRAMA PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx</t>
   </si>
   <si>
     <t>Autoriza a alienação de bem imóvel mediante doação onerosa a título de incentivo econômico e dá outras providências.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx</t>
   </si>
   <si>
     <t>INSTITUI O ABONO ASSIDUIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx</t>
   </si>
   <si>
     <t>Da nova redação ao Inciso III,  e acrescenta Inciso IV ao § 1º,  do Artigo 3º, altera redação do caput dos arts. 4º e 5º da Lei Municipal nº 2.481/2016, datada em 24/05/2016, queInstitui e Fixa a Gratificação de Sobreaviso, aos Condutores de Veículos, a Serviço da Secretaria Municipal de Saúde, com alterações dada pela Lei 2.481/2019.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx</t>
   </si>
   <si>
     <t>Autoriza a alienação de bem imóvel mediante doação onerosa a título de incentivo econômico e dá outras providencias.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação e Denominação de Creche Municipal</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx</t>
   </si>
   <si>
     <t>Altera Art. 3 0 da Lei Municipal n o2.046/2010 com alterações posteriores que Cria o Programa de Alimentação do Servidor Público Municipal e dá outras providência.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVOS ECONÔMICOS ACELERA GUARUJÁ DO SUL DESTINADO A EMPREENDIMENTO LOCALIZADO EM ÁREA DIVERSA DO DISTRITO INDUSTRIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a outorgar concessão de uso de espaço para exploração de copa, cozinha, bar e áreas de lazer em estabelecimento público de uso comum e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx</t>
   </si>
   <si>
     <t>“Altera dispositivo do art. 3º da Lei 2.296/2013 de 09 de setembro de 2013.”</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de cessão de uso de bem móvel com o ESTADO DE SANTA CATARINA, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA AGRICULTURA, DA PESCA E DO DESENVOLVIMENTO RURAL – SAR/ FUNDO DE DESENVOLVIMENTO RURAL – FDR, E O MUNICÍPIO DE GUARUJÁ DO SUL, SC, efetuar despesas e da outras providências.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA MUNICIPAL DE PRÁTICAS INTEGRATIVAS E COMPLEMENTARES EM SAÚDE – PMPICS – NO SISTEMA ÚNICO DE SAÚDE – SUS.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual ao funcionalismo público para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE BEM IMÓVEL MEDIANTE DOAÇÃO ONEROSA A TÍTULO DE INCENTIVO ECONÔMICO A EMPRESAS, QUE ESTABELEÇAM SUAS ATIVIDADES NO MUNICÍPIO, BEM COMO AQUELAS JÁ EXISTENTES, QUE AMPLIEM SUA CAPACIDADE DE PRODUÇÃO E DEMANDA DE MÃO DE OBRA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 4º, ART. 6º E § 1ֻº, ART. 17-D, ART. 20, ART. 21, E INCISOS I, II E III, E ART.  23-A, INCISO I ALÍNEA A) E B)  E INCISO II DO § 1º DO ART. 23, ACRESCENTA ART. 4-A E PARÁGRAFO ÚNICO, § 1ֻº, 2º E 3º NO ART. 20, ART. 20-A E § 1º, ART. 21-A, ALTERA VENCIMENTO DOS CARGO PERTENCENTES AOS ANEXOS I E III, INSERE ANEXO II-A  TABELA DE VENCIMENTOS, ACRESCENTA NUMERO DE CARGO, ALTERA VENCIMENTO  DO CARGOS  PERTENCENTES AO  ANEXO V, LEI COMPLEMENTAR N. 1.807, DE 24 DE ABRIL DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx</t>
   </si>
   <si>
     <t>“ALTERA O INCISO III, DO ART. 4°, DA LEI ORDINÁRIA 753/1987 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx</t>
   </si>
   <si>
     <t>Atualiza o vencimento dos cargos de Agente Comunitário de Saúde, e dos cargos de Agente de Combate as Endemias, conforme recursos oriundos da União, e adota outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N. 1.807, DE 24 DE ABRIL DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx</t>
   </si>
   <si>
     <t>ALTERA NÚMERO DE CARGOS PERTENCENTES À LEI COMPLEMENTAR Nº 2.002/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx</t>
   </si>
   <si>
     <t>FIXA RESTRIÇÃO PARA O EXERCÍCIO DE CARGOS EM COMISSÃO E DE CONFIANÇA NO AMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx</t>
   </si>
   <si>
     <t>“CONCEDE AUMENTO REAL E ADOTA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A TRANSMISSÃO AO VIVO, VIA INTERNET, DOS PROCESSOS LICITATÓRIOS REALIZADOS NOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA”.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL NO VENCIMENTO DOS CARGOS EFETIVOS, COMISSIONADOS, E DOS SUBSÍDIOS DOS CARGOS ELETIVOS DO PODER LEGISLATIVO MUNICIPAL”.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2324,67 +2324,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_verbal_no._01.2022_-_marcia.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_verbal_no._02.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_verbal_no._03.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_verbal_no._04.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_verbal_no._05.2022_-_marcia_absorventes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_verbal_no._06.2022_-_rodrigo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_verbal_no._07.2022_-_volnei_guarda_corpo_gruta.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_verbal_no._08.2022_-_sonia_limpeza_de_vegetacao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_verbal_no._09.2022_-_rodrigo_._sistema_monitoramento_praca.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_verbal_no._10.2022_-_jair_arborizacao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_verbal_no._11.2022_-_rodrigo_._patinacao.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_verbal_no._12.2022_-_rodrigo_._novas_atividades.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_verbal_no._13.2022_-_jair_lampadas_e_wifi.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_verbal_no._14.2022_-_jair_entrada_prefe.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_verbal_no._15.2022_-_marcia_som_de_rua.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_verbal_no._16.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_no._17.2022_-volnei_._grades_ginasio.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_no._18.2022_-_luiz_carlos_._internet.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_no._19.2022_-_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_no._20.2022_-_luiz_carlos_._retorno_idosos.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/990/indicacao_verbal_no._21.2022_-_sonia_calcamento.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_verbal_no._22.2022_-_jair_grama_cemiterio.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_verbal_no._23.2022_-_marcia_terrenos_abandonados.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_verbal_no._24.2022_-_volnei_calcada_elza.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_verbal_no._25.2022_-_prestacao_de_cotas_feceg.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_verbal_no._26.2022_-_volnei_asfalto_princesa.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_verbal_no._27.2022_-_iria_calcadas.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_verbal_no._28.2022_-_iria_portal.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_verbal_no._29.2022_-_dalvani_._repelentes.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_verbal_no._30.2022_-_marcia_inviolavel.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_verbal_no._31.2022_-_luiz_carlos_._limpeza_galeria_e_rua_darci_cavaglier.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_verbal_no._32.2022_-_rodrigo_._demutran.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_verbal_no._33.2022_-_bancada_situacao_conecta_agro.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_verbal_no._34.2022_-_rodrigo_._passeio_desnivel.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_verbal_no._35.2022_-_dalvani_._corrimao_cemiterio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_verbal_no._36.2022_-_jair_monitirar_onibus.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_verbal_no._37.2022_-_jair_paseio_foto_guaruja.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_verbal_no._38.2022_-_marcia_cameras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_verbal_no._39.2022_-_alice_sala_vacinas.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_verbal_no._40.2022_-_alice_academia.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_verbal_no._41.2022_-_alice_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_verbal_no._42.2022_-_alice_escoamento_agua_parque_ii.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_verbal_no._43.2022_-_alice_estrada_possato.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_verbal_no._44.2022_-_luiz_sala_de_espera_saude.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_verbal_no._45.2022_-_luiz_cerca_campinho.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_verbal_no._46.2022_-_marcia_uti_movel.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_verbal_no._47.2022_-_jair_iluminacao_gnoatto.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_verbal_no._48.2022_-_jair_limpeza_lotes_gnoatto.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1018/indicacao_verbal_no._51.2022_-_rodrigo_._dados_refis.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_verbal_no._53.2022_-_rodrigo_._manutencao_nas_ruas_do_parque.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_verbal_no._54.2022_-_sonia_manutencao_asfalto.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_verbal_no._55.2022_-_marcia_sinalizacao_pessegueiro_163.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_verbal_no._56.2022_-_jair_convovar_concursados.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_verbal_no._57.2022_-_jair_informacoes_reurb.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_verbal_no._58.2022_-_luiz_carlos_.__aulas_de_step.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_verbal_no._59.2022_-_volnei_demutran.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_verbal_no._60.2022_-_volnei_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_verbal_no._61.2022_-_volnei_estacionamento_nucleo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_verbal_no._62.2022_-_rodrigo_._incentivo_atletas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1030/indicacao_verbal_no._63.2022_-_rodrigo_._manutencao_nas_ruas_do_parque_e_compra_de_piche.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_verbal_no._64.2022_-_sonia_iluminacao_interior.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_verbal_no._65.2022_-_volnei_apostilas_positivo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_verbal_no._66.2022_-_rodrigo_._relatorio_financeiro_covid.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_verbal_no._67.2022_-_jair_limpeza_da_rua.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_verbal_no._68.2022_-_mario_pagno_ponte_btreze_de_maio.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_verbal_no._69.2022_-_mario_pagno_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_verbal_no._70.2022_-_dalvani_._placas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1038/indicacao_verbal_no._71.2022_-_volnei._lei_de_piso_a_enfermagem.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_verbal_no._72.2022_-_sonia_andrioli._colocacao_de_cascalho_na_nova_estrada_da_linha_cembrani.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_verbal_no._73.2022_-_sonia_andrioli._conserto_da_ponte_linha_baixo_arara_-_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1041/indicacao_verbal_no._74.2022_-_sonia_andrioli._reparos_na_ponte_da_linha_alto_arara.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_verbal_no._75.2022_-_iria_r._taube._colocacao_de_identificacao_nas_ruas.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_verbal_no._76.2022_-_volnei_l._gossler._aulas_proerd_para_alunos_que_nao_tiveram_na_pandemia.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_verbal_no._77.2022_-_iria_r._taube._instalacao_de_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_verbal_no._78.2022_-_jair_tibolla._manutencao_da_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_verbal_no._79.2022_-_claudemir_a._amann._coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_verbal_no._80.2022_-_claudemir_a._amann._solicita_copia_da_ata_da_licitacao_do_passeio_construido_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_verbal_no._81.2022_-_claudemir_a._amann._informacao_referente_aos_terrenos_que_foram_licitados_no_parque_industrial_alcides_wolkweis.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_verbal_no._82.2022_-_claudemir_a._amann._que_sejam_colocados_alguns_tubos_na_estrada_entre_a_linha_pessegueiro_e_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_verbal_no._83.2022_-_jair_tibolla._solicitou_que_o_diretor_de_urbanismo_acompanhe_os_trabalhos_dos_operadores.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_verbal_no._85.2022_-_rodrigo_a._lunkes._solicita_servidor_para_fazer_limpeza_e_manutencao_no_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_verbal_no._86.2022_-_luiz_c._seibel._solicita_que_a_administracao_estude_a_possibilidade_de_construir_uma_pista_de_motocross_no_municipio.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1054/indicacao_verbal_no._87.2022_-_rodrigo_a._lunkes._solicita_que_as_proximas_audiencias_publica_sejam_realizadas_fora_do_horario_comercial.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_verbal_no._88.2022_-_marcia_a._fernandes._cascalhamento_na_estrada_que_vai_da_escola_da_linha_pessegueiro_ao_acesso_da_br163.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_verbal_no._89.2022_-_rodrigo_andre_lunkes._instalacao_de_redutor_de_velocidade_na_rua_otavio_dill.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_verbal_no._90.2022_-_claudemir_a._amann._manutencao_nas_ruas_do_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_verbal_no._91.2022_-_claudemir_a._amann._utilizacao_do_campo_doado_pela_policia_militar.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_verbal_no._92.2022_-_rosangela_muller._criacao_de_cargo_de_segundo_professor.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_verbal_no._93.2022_-_rosangela_muller._ampliacao_do_trabalho_do_assistente_social.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_verbal_no._94.2022_-_rosangela_muller._manutencao_das_estradas_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_verbal_no._95.2022_-_dalvani_roberta_lermen._instalacao_de_torneira_e_corrimao_no_cemiterio.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_verbal_no._96.2022_-_dalvani_roberta_lermen._manutencao_da_rua_rui_barbosa.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_verbal_no._97.2022_-_luiz_carlos_seibel._instalacao_de_redutor_de_velocidade_na_rua_do_comercio_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_verbal_no._98.2022_-_claudemir_a._amann._manutencao_da_rua_felipe_hentz.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_verbal_no._99.2022_-_claudemir_a._amann._destinacao_as_maquinas_da_secretaria_de_agricultura_que_estao_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_verbal_no._100.2022_-_bancada_situacao__espaco_fisico_para_os_agentes_de_saude.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_verbal_no._101.2022_-_rosangela_muller._reparos_na_estrada_de_acesso_ao_sitio_de_sonia_schmidt.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_verbal_no._102.2022_-_luiz_c._seibel._manutencao_das_ruas_das_linhas_coronel_e_alto_arara.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_verbal_no._103.2022_-_claudemir_a._amann._manutencao_da_rua_edvino_winter_no_bairro_cohan.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_verbal_no._104.2022_-_claudemir_a._amann._manutencao_da_iluminacao_publica_da_linha_barro_preto.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_verbal_no._105.2022_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_verbal_no._106.2022_-_jair_tibolla._solicitas_que_a_administracao_providencie_o_termino_da_obra_de_calcamento_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_verbal_no._107.2022_-_clovis_c._flores._iluminacao_pub._da_rua_de_acesso_ao_parque_industrial_dois.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_verbal_no._108.2022_-_sonia_l._k._rosenbach._limpeza_da_rua_de_acesso_a_l._pessegueiro.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_verbal_no._109.2022_-_jair_tibolla._informacoes_sobre_contribuicoes_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_verbal_no._110.2022_-_jair_tibolla._relatorio_dos_gastos_com_publicidade.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_verbal_no._111.2022_-_rodrigo_a._lunkes._lombadas_elevadas.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_verbal_no._112.2022_-_clovis_c._flores._calcamento_na_rua_vereador_jose_leo_winter.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_verbal_no._113.2022_-_clovis_c._flores._lombada_redutora_de_velocidade_em_frente_ao_bar_do_alemao.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_no._114.2022_-_sonia_l._k._rosenbach._criacao_de_estacionamentos_temporarios.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_no._115.2022_-_volnei_luiz_gossler._atendimento_a_sapude_do_trabalhador_a_noite.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_no._116.2022_-_volnei_luiz_gossler._tornar_de_mao_unica_a_rua_ceara.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_no._117.2022_-_rodrigo_a._lunkes._rampa_de_acesso_ao_setor_de_fisioterapia.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_no._118.2022_-_volnei_l._gossler._climatizacao_do_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1131/mocao_de_apelo_no_xx.2022_sonia_l._k._rosenbach.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1331/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1332/decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1333/decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1334/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1335/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1336/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1337/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1338/decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/950/redacao_final_ao_projeto_de_lei_no_01.2022_._repasse_apae....docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/953/redacao_final_ao_projeto_de_lei_no_02.2022_._desmembramento_barth.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/954/redacao_final_ao_projeto_de_lei_no_03.2022_._desmembramento_matuella.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/951/redacao_final_ao_projeto_de_lei_n._04.2022_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/952/redacao_final_ao_projeto_de_lei_n._05.2022_-_feceg.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/957/redacao_final_ao_projeto_de_lei_no_07.2022.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/958/redacao_final_ao_projeto_de_lei_no_08.2022.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/959/redacao_final_ao_projeto_de_lei_no_09.2022.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/960/redacao_final_ao_projeto_de_lei_no_10.2022.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/961/redacao_final_ao_projeto_de_lei_no_11.2022.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/963/redacao_final_ao_projeto_de_lei_no_12.2022.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/966/redacao_final_ao_projeto_de_lei_no_13.2022.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1207/redacao_final_ao_projeto_de_lei_no_015.2022.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1208/redacao_final_ao_projeto_de_lei_no_016.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1209/redacao_final_ao_projeto_de_lei_no_017.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1210/redacao_final_ao_projeto_de_lei_no_018.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1211/redacao_final_ao_projeto_de_lei_no_019.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1212/redacao_final_ao_projeto_de_lei_no_20.2022.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1213/redacao_final_ao_projeto_de_lei_no_21.2022.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1214/redacao_final_ao_projeto_de_lei_no_22.2022.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1215/redacao_final_ao_projeto_de_lei_no_23.2022.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1216/redacao_final_ao_projeto_de_lei_no_24.2022.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1217/redacao_final_ao_projeto_de_lei_n_026_2022_sobreaviso_feriado_alteracao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1218/redacao_final_ao_projeto_de_lei_n._27.2022_._galpoes_industriais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1219/redacao_final_ao_projeto_de_lei_no_28.2022_correto..docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1220/redacao_final_ao_projeto_de_lei_no_30.2022.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1221/redacao_final_ao_projeto_de_lei_no_31.2022_._sem_emenda.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1222/redacao_final_ao_projeto_de_lei_no_32.2022.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1223/redacao_final_ao_projeto_de_lei_no_33.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1224/redacao_final_ao_projeto_de_lei_no_34.2022.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1225/redacao_final_ao_projeto_de_lei_no_35.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1226/redacao_final_ao_projeto_de_lei_no_36.2022.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1227/redacao_final_ao_projeto_de_lei_no_37.2022.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1228/redacao_final_ao_projeto_de_lei_no_38.2022.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/955/redacao_final_ao_projeto_de_lei_complementar_no_079.2022.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/968/redacao_final_ao_projeto_de_lei_complementar_no_080.2022.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/969/redacao_final_ao_projeto_de_lei_complementar_81.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1229/redacao_final_ao_projeto_de_lei_complementar_no_83.2022.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1230/redacao_final_ao_projeto_de_lei_complementar_no_85.2022.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_lei_do_leg_n._01.2022.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei_n._02_aumento.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1231/redacao_final_ao_projeto_de_lei_do_legislativo_no__03.2022.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/1232/redacao_final_ao_projeto_de_lei_do_legislativo_no__04.2022.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/965/redacao_final_ao_projeto_de_resolucao_no_-01.2022.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2022/967/redacao_final_ao_projeto_de_resolucao_no_-02.2022.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="220.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="219.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5374,265 +5374,265 @@
       </c>
       <c r="G116" s="1" t="s">
         <v>479</v>
       </c>
       <c r="H116" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>481</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
         <v>482</v>
       </c>
       <c r="E117" t="s">
         <v>483</v>
       </c>
       <c r="F117" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>484</v>
       </c>
       <c r="H117" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>486</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E118" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F118" t="s">
         <v>123</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H118" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>491</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
+        <v>487</v>
+      </c>
+      <c r="E119" t="s">
         <v>488</v>
-      </c>
-[...10 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F119" t="s">
         <v>123</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="H119" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E120" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F120" t="s">
         <v>123</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H120" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D121" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E121" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F121" t="s">
         <v>123</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H121" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D122" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E122" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F122" t="s">
         <v>123</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H122" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D123" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E123" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F123" t="s">
         <v>123</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H123" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D124" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E124" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F124" t="s">
         <v>123</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H124" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D125" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="E125" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="F125" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H125" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>509</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
         <v>510</v>
       </c>
       <c r="E126" t="s">
         <v>511</v>
       </c>
       <c r="F126" t="s">
         <v>512</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H126" t="s">