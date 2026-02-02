--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -36,986 +36,986 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Chibi</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx</t>
+  </si>
+  <si>
+    <t>SOLICITAQUE SEJA INSTALADA CÂMERA DE MONITORAMENTO NA ÁREA INDUSTRIAL ALCIDES WOLKWEIS</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE CEDER UM SERVIDOR PÚBLICO À DELEGACIA DE POLÍCIA CIVIL DO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Poder Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REALIZE REPAROS NO PONTO DE ACESSO ENTRE A BR 163 E O  PARQUE INDUSTRIAL II, BEM COMO SEJA REALIZADO SERVIÇO DE COMPACTAÇÃO DO SOLO NO PÁTIO DA EMPRESA JJM ARTEFATOS</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Volnei Luis Gossler</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA QUE O SETOR DE URBANISMO, EFETUE A LIMPEZA DA BOCA DE LOBO PRÓXIMA A LOJA HELECI CALÇADOS</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Sônia Lúcia Kuhn Rosenbach</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx</t>
+  </si>
+  <si>
+    <t>MANIFESTAÇÃO CONTRA A EXTINÇÃO DA COORDENADORIA REGIONAL DE EDUCAÇÃO DE DIONÍSIO CERQUEIRA.</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Pibi</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O SECRETÁRIO DE TRANSPORTES E OBRAS DO MUNICÍPIO REALIZE REPAROS NAS ESTRADAS DA LINHA CORONEL, LINHA ALTO ARARA E LINHA TRÊS DE MAIO."</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx</t>
+  </si>
+  <si>
+    <t>"SUGEREM Á ADMINISTRAÇÃO MUNICIPAL QUE  JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO E DEMAIS ÓRGÃOS RESPONSÁVEIS  ESTUDEM A VIABILIDADE DE DISPONIBILIZAR PROFISSIONAIS DE SEGURANÇA NAS ESCOLAS MUNICIPAIS, BEM COMO SEJA MELHORADO O SISTEMA DE SEGURANÇA NOS RESPECTIVOS EDUCANDÁRIOS "</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE TRANSPORTES E OBRAS COLOQUE CASCALHO NA LINHA CATANI, PRÓXIMO À PROPRIEDADE DE IVO MALMAN."</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE NO BAIRRO SULINA PARA UTILIZAÇÃO DA COMUNIDADE DO BAIRRO."</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Jair Tibolla</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA INSTALADO QUEBRA-MOLAS NO LOTEAMENTO SCHMIDT."</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL TOME ALGUMA PROVIDÊNCIA DIANTE DO MAU ESTADO DE CONSERVAÇÃO DOS BANCOS DA PRAÇA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA ESCLARECIMENTOS AO SETOR DE OBRAS E URBANISMO DO MUNICÍPIO SOBRE O MOTIVO DA DEMORA DO PAGAMENTO DOS SERVIÇOS E MATERIAIS QUE SÃO ADQUIRIDOS NAS EMPRESAS DE GUARUJÁ."</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE OFERTAR AULAS DE DANÇA, MÚSICA, DENTRE OUTRAS ATIVIDADES AOS ALUNOS QUE NÃO SE ENQUADRAM NOS PRÉ-REQUISITOS DOS PROGRAMAS DO CRAS."</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO LEVE A PRÁTICA DE GINÁSTICA ÀS COMUNIDADES DO INTERIOR DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA A CONSTRUÇÃO DE MAIS BANHEIROS NO LOCAL DE REALIZAÇÃO DA FECEG".</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE EDUCAÇÃO ESTUDE A POSSIBILIDADE DE COMPRAR NOTEBOOKS PARA OS PROFESSORES DO MUNICÍPIO.”</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJAM REATIVADAS AS ATIVIDADES DO GRUPO DOS ALCOÓLICOS ANÔNIMOS DE GUARUJÁ DO SUL.”</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA ESCLARECIMENTOS SOBRE ATENDIMENTO DE AGENTE COMUNITÁRIO DE SAÚDE.”</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO REALIZE A COMPRA DE LIVROS DE LITERATURA".</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O PODER EXECUTIVO ESTUDE A VIABILIDADE DE FAZER A ISENÇÃO DA TAXA DE CONTRIBUIÇÃO DE SERVIÇO DE ILUMINAÇÃO PÚBLICA – COSIP COMO INCENTIVO A QUEM ADERIR À PRODUÇÃO DE ENERGIA SOLAR".</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA ESCLARECIMENTOS AO PREFEITO MUNICIPAL SOBRE O MOTIVO DA DEMORA DO PAGAMENTO DOS SERVIÇOS E MATERIAIS QUE SÃO ADQUIRIDOS NAS EMPRESAS DE GUARUJÁ PELA SECRETARIA DE OBRAS."</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA REPAROS NA ILUMINAÇÃO PÚBLICA."</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA REESTRUTURAÇÃO E CRIAÇÃO DE PLANO DE CARREIRA NO ESTATUTO DOS SERVIDORES PÚBLICOS."</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Márcia Andréia Fernandes</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE OBRAS E URBANISMO PROVIDENCIE O CONSERTO DE BURACOS NA AVENIDA JOÃO PESSOA."</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA A CONSTRUÇÃO DE UMA LOMBADA REDUTORA DE VELOCIDADE OU FAIXA DE PEDESTRES ELEVADA EM FRENTE À PRAÇA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O SECRETÁRIO DE OBRAS VERIFIQUE A SITUAÇÃO DAS ESTRADAS DO INTERIOR."</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO FAÇA CAMPANHA PARA A DIMINUIÇÃO DE SACOLAS PLÁSTICAS NO COMÉRCIO DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Mário Pagno</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REABRA O POSTO DE SAÚDE DA LINHA ARARA."</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO REALIZE AS OBRAS DE PAVIMENTAÇÃO DAS RUAS DO LOTEAMENTO WURZIUS."</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE CRIAÇÃO DE UM PROJETO DE LEI ESTABELECENDO PREMIAÇÕES EM DINHEIRO AO CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO."</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O PODER EXECUTIVO ESTUDE A POSSIBLIDADE DE INCENTIVAR O PAGAMENTO DE ALIMENTAÇÃO AOS DOADORES DE SANGUE."</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE INDÚSTRIA E COMÉRCIO ENVIE PARA ESTA CÂMARA DE VEREADORES A PRESTAÇÃO DE CONTAS DA FECEG."</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA REALIZADA A CONTRATAÇÃO DE OBSTETRA PARA ATENDIMENTO DAS GESTANTES DO MUNICÍPIO".</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA RELATÓRIOS DA SECRETARIA DE SAÚDE".</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O PODER EXECUTIVO FAÇA UMA REVITALIZAÇÃO DA ESTRUTURA DO PRÉDIO DA VIGILÂNCIA SANITÁRIA, BEM COMO INVESTIMENTO EM MOBÍLIA NOVA".</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO ENCAMINHE A ESTA CÂMARA DE VEREADORES INFORMAÇÕES SOBRE O QUE FALTA PARA SAIR A REGULARIZAÇÃO DESTE LOTEAMENTO".</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE OBRAS DO MUNICÍPIO ENCAMINHE A ESTA CÂMARA DE VEREADORES RELATÓRIO DO CONTROLE FINANCEIRO E RELATÓRIO DAS HORAS-MÁQUINA QUE SÃO PRESTADAS AOS AGRICULTORES".</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O SETOR DE URBANISMO REALIZE O CONSERTO DE UMA LIXEIRA EM FRENTE À CASA DE EDSON ALAMBRANDT, E INSTALE UMA LIXEIRA NA RUA PROFESSOR OLAVO".</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO ENCAMINHE A ESTA CÂMARA DE VEREADORES O NOME DA EMPRESA QUE GANHOU A LICITAÇÃO PARA CONSTRUÇÃO DA RUA COBERTA EM FRENTE À PRAÇA MUNICIPAL E O VALOR DA CONSTRUÇÃO".</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA MANUTENÇÃO NO ASFALTO DE ACESSO À LINHA PESSEGUEIRO ".</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA MANUTENÇÃO NA IMPRESSORA INSTALA DA NO CONSULTÓRIO DO DR. JOÃO".</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA RELACIONADAS À EXECUÇÃO DA OBRA DA COBERTURA DA RUA EM FRENTE À PRAÇA ".</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA ESCLARECIMENTOS DO ENGENHEIRO RESPONSÁVEL PELO PROJETO DA RUA COBERTA".</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Cleber Jonas Weschenfelder</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA FOTO DO PROJETO ARQUITETÔNICO DA OBRA DA RUA COBERTA".</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA INSTALAÇÃO DE LIXEIRAS PÚBLICAS".</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA TROCAS DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA QUEIMADAS NA LINHA POSSATO".</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO PROVIDENCIE A RECOLHA DOS GALHOS ORIUNDOS DE PODAS DE ÁRVORES NO BAIRRO SULINA".</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL DÊ A DESTINAÇÃO CORRETA AOS VIDROS DO CARRETÃO DE COLETA".</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJAM RETOMADOS OS TRABALHOS DE RECUPERAÇÃO DAS ESTRADAS DA LINHA POSSATO ".</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE ELABORAR UM PROJETO PARA CONSTRUÇÃO DE UMA CASA MORTUÁRIA ".</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA ELABORADO PROJETO DE CALÇAMENTO NO BAIRRO SANTO ANTÔNIO ".</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A MÉDICA VALÉRIA VOLTE A ATENDER NO POSTO DE SAÚDE CENTRAL”.</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O PODER EXECUTIVO INDIQUE ALGUÉM COMO SECRETÁRIO DE AGRICULTURA”.</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL DEIXE O CAMPO DE FUTEBOL SUÍÇO, AO LADO DO GINÁSIO DE ESPORTES, EM CONDIÇÕES PARA USO”.</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA CONSTRUÍDO UM PASSEIO NA ÁREA INDUSTRIAL”.</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O SECRETÁRIO DE OBRAS REALIZE A MANUTENÇÃO DAS ESTRADAS DA LINHA BELA VISTA”.</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A POSSIBILIDADE DE SUBSIDIAR AS ENTIDADES MUNICIPAIS, COMO APPS, GRUPOS DE DANÇAS, GRUPOS DE JOVENS, CORAIS, GRUPOS DE IDOSOS, DENTRE OUTROS EXISTENTES EM GUARUJÁ DO SUL”.</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA INFORMAÇÕES SOBRE AS VIAGENS CONTRATADAS PELA ADMINISTRAÇÃO MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE OBRAS PROVIDENCIE A COLOCAÇÃO DE DOIS TUBOS DE BUEIRO NÃO LINHA TREZE DE MAIO”.</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA A MELHORIA DAS ESTRADAS NA LINHA PINHEIRINHO”.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE URBANISMO PROVIDENCIE O AUMENTO DO NÚMERO DE ESTACIONAMENTOS PARA MOTOCICLETAS EM GUARUJÁ DO SUL”.</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A SECRETARIA DE URBANISMO DÊ UMA ATENÇÃO À RUA BRUNO TAUBE, NO BAIRRO TROPICAL”.</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE A ADMINISTRAÇÃO BUSQUE UMA FORMA DE AUXILIAR O COLÉGIO ESTADUAL QUANDO DA REALIZAÇÃO DE EVENTUAIS VIAGENS DE ESTUDOS”.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJAM TIRADAS AS PEDRAS BRITAS DO ESTÁDIO MUNICIPAL E QUE SEJAM COLOCADOS PAVERS”.</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA ESTUDADA VIABILIDADE DE CONSTRUÇÃO DE UM PARQUINHO PARA CRIANÇAS PRÓXIMO ÀS ARQUIBANCADAS DO ESTÁDIO MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA RETOMADO O ATENDIMENTO ODONTOLÓGICO NO POSTO DE SAÚDE DA LINHA BAIXO ARARA”.</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE SEJA CONSTRUÍDO UMA LOMBADA REDUTORA DE VELOCIDADE NA RUA ANTÔNIO DILMANN”.</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE, AINDA NESTA ADMINISTRAÇÃO, HAJA UM PROJETO PILOTO DE HABITAÇÃO POPULAR”.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA QUE O PODER PÚBLICO ESTUDE A VIABILIDADE DE SE FAZER UMA AMPLIAÇÃO EM PRÉ-MOLDADO AO LADO DO CTG”.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx</t>
+  </si>
+  <si>
+    <t>"SOLICITA A INSTALAÇÃO DE UMA TORNEIRA NOS FUNDOS DO CEMITÉRIO”.</t>
+  </si>
+  <si>
     <t>1339</t>
   </si>
   <si>
-    <t>2023</t>
-[...11 lines deleted...]
-    <t>Poder Legislativo</t>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx</t>
   </si>
   <si>
     <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL</t>
   </si>
   <si>
-    <t>1087</t>
-[...847 lines deleted...]
-  <si>
     <t>1132</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>MOÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>Dalvâni Roberta Lermen</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A POLICIA MILITAR DO MUNICÍPIO DE GUARUJÁ DO SUL - SC.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO CONTRA A EXTINÇÃO DA COORDENADORIA REGIONAL DE EDUCAÇÃO DE DIONÍSIO CERQUEIRA/SC</t>
@@ -1098,54 +1098,54 @@
   <si>
     <t>MOÇÃO DE APELO PARA INSTALAÇÃO DE UM CAMPUS DA UNIVERSIDADE FEDERAL DA FRONTEIRA SUL (UFFS) EM SÃO MIGUEL DO OESTE/SC.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EQUIPE SUÍÇO DO MANO PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA VETERANO.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EQUIPE MECÂNICA GUARUJÁ PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA LIVRE.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EQUIPE GRANJA FRANZ PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA FEMININA.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx</t>
   </si>
   <si>
     <t>FIXA RESTRIÇÃO PARA O EXERCÍCIO DE CARGOS EM COMISSÃO E DE CONFIANÇA NO PODER PÚBLICO MUNICIPAL, E DFA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.296, DE 09 DE SETEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>Aprova Plano de Loteamento e Autorização para concessão de licença da outras providencias</t>
   </si>
@@ -1963,51 +1963,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1134/mocao_no_03.2023_-_apoio_a_policiais_e_bombeiros.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1135/mocao_no_04.2023_-_marcia_a._fernandes_-_repudio_a_ma_sinalizacao_no_trevo.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1136/mocao_no_05.2023_-_sonia_l._k._rosenbach_-_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1141/mocao_no_06.2023_-_bancada_de_situacao_-_apelo_a_taxa_de_importacao_do_leite.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1146/mocao_no_11.2023_-_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1147/mocao_no_12.2023_-_apelo_universidade_federal_fronteira_sul.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1134/mocao_no_03.2023_-_apoio_a_policiais_e_bombeiros.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1135/mocao_no_04.2023_-_marcia_a._fernandes_-_repudio_a_ma_sinalizacao_no_trevo.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1136/mocao_no_05.2023_-_sonia_l._k._rosenbach_-_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1141/mocao_no_06.2023_-_bancada_de_situacao_-_apelo_a_taxa_de_importacao_do_leite.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1146/mocao_no_11.2023_-_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1147/mocao_no_12.2023_-_apelo_universidade_federal_fronteira_sul.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="201" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2078,1969 +2078,1969 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>37</v>
       </c>
-      <c r="B9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="H21" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>39</v>
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D26" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D27" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="H32" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="D33" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="H34" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="D35" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="H35" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="H36" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="H37" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="D38" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="H38" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="D39" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="H39" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="H41" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="D43" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="H43" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="D44" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="H44" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="D45" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>40</v>
+        <v>193</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="H45" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>148</v>
+        <v>32</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="D48" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>54</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D49" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>148</v>
+        <v>54</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H49" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="D50" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D51" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="H51" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="D52" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>213</v>
+        <v>27</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="H52" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="H53" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="D54" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>54</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="H54" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="D55" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="H55" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="D56" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="H56" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="D57" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="H57" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D58" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="H58" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="D59" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="H59" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="D60" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="H60" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="D61" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="H61" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="D62" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="H62" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D63" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D64" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="H64" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="D65" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="D66" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="H66" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D67" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="H67" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="D68" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>193</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="H68" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="D69" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="H69" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="D70" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="H70" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="D71" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="H71" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>293</v>
+        <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="E72" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="H72" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="D73" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="E73" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="H73" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
+        <v>21</v>
+      </c>
+      <c r="D74" t="s">
         <v>301</v>
       </c>
-      <c r="D74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="H74" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>311</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>26</v>
+      </c>
+      <c r="D75" t="s">
+        <v>301</v>
+      </c>
+      <c r="E75" t="s">
+        <v>302</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H75" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>309</v>
+        <v>31</v>
       </c>
       <c r="D76" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="E76" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F76" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
       <c r="G76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H76" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>313</v>
+        <v>36</v>
       </c>
       <c r="D77" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="E77" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H77" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>317</v>
+        <v>41</v>
       </c>
       <c r="D78" t="s">
-        <v>38</v>
+        <v>301</v>
       </c>
       <c r="E78" t="s">
-        <v>39</v>
+        <v>302</v>
       </c>
       <c r="F78" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H78" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>320</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
         <v>321</v>
       </c>
       <c r="E79" t="s">
         <v>322</v>
       </c>
       <c r="F79" t="s">
@@ -4048,392 +4048,392 @@
       </c>
       <c r="G79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H79" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>326</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>17</v>
       </c>
       <c r="D80" t="s">
         <v>321</v>
       </c>
       <c r="E80" t="s">
         <v>322</v>
       </c>
       <c r="F80" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H80" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>329</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>21</v>
       </c>
       <c r="D81" t="s">
         <v>321</v>
       </c>
       <c r="E81" t="s">
         <v>322</v>
       </c>
       <c r="F81" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>330</v>
       </c>
       <c r="H81" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>332</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D82" t="s">
         <v>321</v>
       </c>
       <c r="E82" t="s">
         <v>322</v>
       </c>
       <c r="F82" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="H82" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>335</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D83" t="s">
         <v>321</v>
       </c>
       <c r="E83" t="s">
         <v>322</v>
       </c>
       <c r="F83" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="H83" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>337</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D84" t="s">
         <v>321</v>
       </c>
       <c r="E84" t="s">
         <v>322</v>
       </c>
       <c r="F84" t="s">
         <v>338</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H84" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>341</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D85" t="s">
         <v>321</v>
       </c>
       <c r="E85" t="s">
         <v>322</v>
       </c>
       <c r="F85" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H85" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>343</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="D86" t="s">
         <v>321</v>
       </c>
       <c r="E86" t="s">
         <v>322</v>
       </c>
       <c r="F86" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H86" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D87" t="s">
         <v>321</v>
       </c>
       <c r="E87" t="s">
         <v>322</v>
       </c>
       <c r="F87" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H87" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>347</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="D88" t="s">
         <v>321</v>
       </c>
       <c r="E88" t="s">
         <v>322</v>
       </c>
       <c r="F88" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H88" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>349</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="D89" t="s">
         <v>321</v>
       </c>
       <c r="E89" t="s">
         <v>322</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H89" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>352</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D90" t="s">
         <v>321</v>
       </c>
       <c r="E90" t="s">
         <v>322</v>
       </c>
       <c r="F90" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H90" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>355</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="D91" t="s">
         <v>321</v>
       </c>
       <c r="E91" t="s">
         <v>322</v>
       </c>
       <c r="F91" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H91" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>357</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="D92" t="s">
         <v>321</v>
       </c>
       <c r="E92" t="s">
         <v>322</v>
       </c>
       <c r="F92" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H92" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>359</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="D93" t="s">
         <v>321</v>
       </c>
       <c r="E93" t="s">
         <v>322</v>
       </c>
       <c r="F93" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H93" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>361</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
         <v>362</v>
       </c>
       <c r="E94" t="s">
         <v>363</v>
       </c>
       <c r="F94" t="s">
         <v>364</v>
       </c>
       <c r="G94" s="1" t="s">
@@ -4467,1504 +4467,1504 @@
       </c>
       <c r="H95" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>370</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>21</v>
       </c>
       <c r="D96" t="s">
         <v>362</v>
       </c>
       <c r="E96" t="s">
         <v>363</v>
       </c>
       <c r="F96" t="s">
         <v>364</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H96" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>372</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D97" t="s">
         <v>362</v>
       </c>
       <c r="E97" t="s">
         <v>363</v>
       </c>
       <c r="F97" t="s">
         <v>364</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H97" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>375</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D98" t="s">
         <v>362</v>
       </c>
       <c r="E98" t="s">
         <v>363</v>
       </c>
       <c r="F98" t="s">
         <v>364</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H98" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>378</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D99" t="s">
         <v>362</v>
       </c>
       <c r="E99" t="s">
         <v>363</v>
       </c>
       <c r="F99" t="s">
         <v>364</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>379</v>
       </c>
       <c r="H99" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>381</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D100" t="s">
         <v>362</v>
       </c>
       <c r="E100" t="s">
         <v>363</v>
       </c>
       <c r="F100" t="s">
         <v>364</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>382</v>
       </c>
       <c r="H100" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>384</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="D101" t="s">
         <v>362</v>
       </c>
       <c r="E101" t="s">
         <v>363</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H101" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>387</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D102" t="s">
         <v>362</v>
       </c>
       <c r="E102" t="s">
         <v>363</v>
       </c>
       <c r="F102" t="s">
         <v>364</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>388</v>
       </c>
       <c r="H102" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>390</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="D103" t="s">
         <v>362</v>
       </c>
       <c r="E103" t="s">
         <v>363</v>
       </c>
       <c r="F103" t="s">
         <v>364</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H103" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>393</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D104" t="s">
         <v>362</v>
       </c>
       <c r="E104" t="s">
         <v>363</v>
       </c>
       <c r="F104" t="s">
         <v>364</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>394</v>
       </c>
       <c r="H104" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>396</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="D105" t="s">
         <v>362</v>
       </c>
       <c r="E105" t="s">
         <v>363</v>
       </c>
       <c r="F105" t="s">
         <v>364</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H105" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>399</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="D106" t="s">
         <v>362</v>
       </c>
       <c r="E106" t="s">
         <v>363</v>
       </c>
       <c r="F106" t="s">
         <v>364</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>400</v>
       </c>
       <c r="H106" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>402</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="D107" t="s">
         <v>362</v>
       </c>
       <c r="E107" t="s">
         <v>363</v>
       </c>
       <c r="F107" t="s">
         <v>364</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>403</v>
       </c>
       <c r="H107" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>405</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="D108" t="s">
         <v>362</v>
       </c>
       <c r="E108" t="s">
         <v>363</v>
       </c>
       <c r="F108" t="s">
         <v>364</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H108" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="D109" t="s">
         <v>362</v>
       </c>
       <c r="E109" t="s">
         <v>363</v>
       </c>
       <c r="F109" t="s">
         <v>364</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H109" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>411</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D110" t="s">
         <v>362</v>
       </c>
       <c r="E110" t="s">
         <v>363</v>
       </c>
       <c r="F110" t="s">
         <v>364</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H110" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>413</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="D111" t="s">
         <v>362</v>
       </c>
       <c r="E111" t="s">
         <v>363</v>
       </c>
       <c r="F111" t="s">
         <v>364</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H111" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>416</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D112" t="s">
         <v>362</v>
       </c>
       <c r="E112" t="s">
         <v>363</v>
       </c>
       <c r="F112" t="s">
         <v>364</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H112" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>419</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D113" t="s">
         <v>362</v>
       </c>
       <c r="E113" t="s">
         <v>363</v>
       </c>
       <c r="F113" t="s">
         <v>364</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H113" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>422</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="D114" t="s">
         <v>362</v>
       </c>
       <c r="E114" t="s">
         <v>363</v>
       </c>
       <c r="F114" t="s">
         <v>364</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>423</v>
       </c>
       <c r="H114" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>425</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="D115" t="s">
         <v>362</v>
       </c>
       <c r="E115" t="s">
         <v>363</v>
       </c>
       <c r="F115" t="s">
         <v>364</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H115" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>427</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="D116" t="s">
         <v>362</v>
       </c>
       <c r="E116" t="s">
         <v>363</v>
       </c>
       <c r="F116" t="s">
         <v>364</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H116" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>430</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="D117" t="s">
         <v>362</v>
       </c>
       <c r="E117" t="s">
         <v>363</v>
       </c>
       <c r="F117" t="s">
         <v>364</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H117" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>433</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="D118" t="s">
         <v>362</v>
       </c>
       <c r="E118" t="s">
         <v>363</v>
       </c>
       <c r="F118" t="s">
         <v>364</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H118" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>435</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>143</v>
+        <v>123</v>
       </c>
       <c r="D119" t="s">
         <v>362</v>
       </c>
       <c r="E119" t="s">
         <v>363</v>
       </c>
       <c r="F119" t="s">
         <v>364</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H119" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>437</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="D120" t="s">
         <v>362</v>
       </c>
       <c r="E120" t="s">
         <v>363</v>
       </c>
       <c r="F120" t="s">
         <v>364</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H120" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>440</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
       <c r="D121" t="s">
         <v>362</v>
       </c>
       <c r="E121" t="s">
         <v>363</v>
       </c>
       <c r="F121" t="s">
         <v>364</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H121" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>443</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D122" t="s">
         <v>362</v>
       </c>
       <c r="E122" t="s">
         <v>363</v>
       </c>
       <c r="F122" t="s">
         <v>364</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H122" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>446</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="D123" t="s">
         <v>362</v>
       </c>
       <c r="E123" t="s">
         <v>363</v>
       </c>
       <c r="F123" t="s">
         <v>364</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H123" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>449</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="D124" t="s">
         <v>362</v>
       </c>
       <c r="E124" t="s">
         <v>363</v>
       </c>
       <c r="F124" t="s">
         <v>364</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>450</v>
       </c>
       <c r="H124" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>452</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>168</v>
+        <v>148</v>
       </c>
       <c r="D125" t="s">
         <v>362</v>
       </c>
       <c r="E125" t="s">
         <v>363</v>
       </c>
       <c r="F125" t="s">
         <v>364</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H125" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>455</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="D126" t="s">
         <v>362</v>
       </c>
       <c r="E126" t="s">
         <v>363</v>
       </c>
       <c r="F126" t="s">
         <v>364</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H126" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>458</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="D127" t="s">
         <v>362</v>
       </c>
       <c r="E127" t="s">
         <v>363</v>
       </c>
       <c r="F127" t="s">
         <v>364</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H127" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>461</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="D128" t="s">
         <v>362</v>
       </c>
       <c r="E128" t="s">
         <v>363</v>
       </c>
       <c r="F128" t="s">
         <v>364</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H128" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>464</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="D129" t="s">
         <v>362</v>
       </c>
       <c r="E129" t="s">
         <v>363</v>
       </c>
       <c r="F129" t="s">
         <v>364</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H129" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>467</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>188</v>
+        <v>168</v>
       </c>
       <c r="D130" t="s">
         <v>362</v>
       </c>
       <c r="E130" t="s">
         <v>363</v>
       </c>
       <c r="F130" t="s">
         <v>364</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H130" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>470</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="D131" t="s">
         <v>362</v>
       </c>
       <c r="E131" t="s">
         <v>363</v>
       </c>
       <c r="F131" t="s">
         <v>364</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H131" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>473</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="D132" t="s">
         <v>362</v>
       </c>
       <c r="E132" t="s">
         <v>363</v>
       </c>
       <c r="F132" t="s">
         <v>364</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H132" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>476</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="D133" t="s">
         <v>362</v>
       </c>
       <c r="E133" t="s">
         <v>363</v>
       </c>
       <c r="F133" t="s">
         <v>364</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H133" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>479</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>204</v>
+        <v>184</v>
       </c>
       <c r="D134" t="s">
         <v>362</v>
       </c>
       <c r="E134" t="s">
         <v>363</v>
       </c>
       <c r="F134" t="s">
         <v>364</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H134" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>482</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="D135" t="s">
         <v>362</v>
       </c>
       <c r="E135" t="s">
         <v>363</v>
       </c>
       <c r="F135" t="s">
         <v>364</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H135" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>484</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>212</v>
+        <v>192</v>
       </c>
       <c r="D136" t="s">
         <v>362</v>
       </c>
       <c r="E136" t="s">
         <v>363</v>
       </c>
       <c r="F136" t="s">
         <v>364</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>485</v>
       </c>
       <c r="H136" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>487</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>217</v>
+        <v>197</v>
       </c>
       <c r="D137" t="s">
         <v>362</v>
       </c>
       <c r="E137" t="s">
         <v>363</v>
       </c>
       <c r="F137" t="s">
         <v>364</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>488</v>
       </c>
       <c r="H137" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>489</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="D138" t="s">
         <v>362</v>
       </c>
       <c r="E138" t="s">
         <v>363</v>
       </c>
       <c r="F138" t="s">
         <v>364</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H138" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>492</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
       <c r="D139" t="s">
         <v>362</v>
       </c>
       <c r="E139" t="s">
         <v>363</v>
       </c>
       <c r="F139" t="s">
         <v>364</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>493</v>
       </c>
       <c r="H139" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>494</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="D140" t="s">
         <v>362</v>
       </c>
       <c r="E140" t="s">
         <v>363</v>
       </c>
       <c r="F140" t="s">
         <v>364</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H140" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>496</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="D141" t="s">
         <v>362</v>
       </c>
       <c r="E141" t="s">
         <v>363</v>
       </c>
       <c r="F141" t="s">
         <v>364</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H141" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>499</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>237</v>
+        <v>217</v>
       </c>
       <c r="D142" t="s">
         <v>362</v>
       </c>
       <c r="E142" t="s">
         <v>363</v>
       </c>
       <c r="F142" t="s">
         <v>364</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H142" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>502</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="D143" t="s">
         <v>362</v>
       </c>
       <c r="E143" t="s">
         <v>363</v>
       </c>
       <c r="F143" t="s">
         <v>364</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>503</v>
       </c>
       <c r="H143" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>505</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="D144" t="s">
         <v>362</v>
       </c>
       <c r="E144" t="s">
         <v>363</v>
       </c>
       <c r="F144" t="s">
         <v>364</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H144" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>508</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="D145" t="s">
         <v>362</v>
       </c>
       <c r="E145" t="s">
         <v>363</v>
       </c>
       <c r="F145" t="s">
         <v>364</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>509</v>
       </c>
       <c r="H145" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>511</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="D146" t="s">
         <v>362</v>
       </c>
       <c r="E146" t="s">
         <v>363</v>
       </c>
       <c r="F146" t="s">
         <v>364</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H146" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>514</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="D147" t="s">
         <v>362</v>
       </c>
       <c r="E147" t="s">
         <v>363</v>
       </c>
       <c r="F147" t="s">
         <v>364</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>515</v>
       </c>
       <c r="H147" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>517</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="D148" t="s">
         <v>362</v>
       </c>
       <c r="E148" t="s">
         <v>363</v>
       </c>
       <c r="F148" t="s">
         <v>364</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H148" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>520</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="D149" t="s">
         <v>362</v>
       </c>
       <c r="E149" t="s">
         <v>363</v>
       </c>
       <c r="F149" t="s">
         <v>364</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H149" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>522</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="D150" t="s">
         <v>362</v>
       </c>
       <c r="E150" t="s">
         <v>363</v>
       </c>
       <c r="F150" t="s">
         <v>364</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>523</v>
       </c>
       <c r="H150" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>525</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
         <v>526</v>
       </c>
       <c r="E151" t="s">
         <v>527</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H151" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>530</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>10</v>
       </c>
       <c r="D152" t="s">
         <v>531</v>
       </c>
       <c r="E152" t="s">
         <v>532</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H152" t="s">
         <v>533</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>