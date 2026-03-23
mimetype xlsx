--- v1 (2026-02-02)
+++ v2 (2026-03-23)
@@ -54,1597 +54,1597 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Chibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx</t>
   </si>
   <si>
     <t>SOLICITAQUE SEJA INSTALADA CÂMERA DE MONITORAMENTO NA ÁREA INDUSTRIAL ALCIDES WOLKWEIS</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE CEDER UM SERVIDOR PÚBLICO À DELEGACIA DE POLÍCIA CIVIL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REALIZE REPAROS NO PONTO DE ACESSO ENTRE A BR 163 E O  PARQUE INDUSTRIAL II, BEM COMO SEJA REALIZADO SERVIÇO DE COMPACTAÇÃO DO SOLO NO PÁTIO DA EMPRESA JJM ARTEFATOS</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Volnei Luis Gossler</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O SETOR DE URBANISMO, EFETUE A LIMPEZA DA BOCA DE LOBO PRÓXIMA A LOJA HELECI CALÇADOS</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sônia Lúcia Kuhn Rosenbach</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx</t>
   </si>
   <si>
     <t>MANIFESTAÇÃO CONTRA A EXTINÇÃO DA COORDENADORIA REGIONAL DE EDUCAÇÃO DE DIONÍSIO CERQUEIRA.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Pibi</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O SECRETÁRIO DE TRANSPORTES E OBRAS DO MUNICÍPIO REALIZE REPAROS NAS ESTRADAS DA LINHA CORONEL, LINHA ALTO ARARA E LINHA TRÊS DE MAIO."</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx</t>
   </si>
   <si>
     <t>"SUGEREM Á ADMINISTRAÇÃO MUNICIPAL QUE  JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO E DEMAIS ÓRGÃOS RESPONSÁVEIS  ESTUDEM A VIABILIDADE DE DISPONIBILIZAR PROFISSIONAIS DE SEGURANÇA NAS ESCOLAS MUNICIPAIS, BEM COMO SEJA MELHORADO O SISTEMA DE SEGURANÇA NOS RESPECTIVOS EDUCANDÁRIOS "</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE TRANSPORTES E OBRAS COLOQUE CASCALHO NA LINHA CATANI, PRÓXIMO À PROPRIEDADE DE IVO MALMAN."</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE NO BAIRRO SULINA PARA UTILIZAÇÃO DA COMUNIDADE DO BAIRRO."</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Jair Tibolla</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA INSTALADO QUEBRA-MOLAS NO LOTEAMENTO SCHMIDT."</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL TOME ALGUMA PROVIDÊNCIA DIANTE DO MAU ESTADO DE CONSERVAÇÃO DOS BANCOS DA PRAÇA MUNICIPAL."</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS AO SETOR DE OBRAS E URBANISMO DO MUNICÍPIO SOBRE O MOTIVO DA DEMORA DO PAGAMENTO DOS SERVIÇOS E MATERIAIS QUE SÃO ADQUIRIDOS NAS EMPRESAS DE GUARUJÁ."</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE OFERTAR AULAS DE DANÇA, MÚSICA, DENTRE OUTRAS ATIVIDADES AOS ALUNOS QUE NÃO SE ENQUADRAM NOS PRÉ-REQUISITOS DOS PROGRAMAS DO CRAS."</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO LEVE A PRÁTICA DE GINÁSTICA ÀS COMUNIDADES DO INTERIOR DO MUNICÍPIO."</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx</t>
   </si>
   <si>
     <t>"SOLICITA A CONSTRUÇÃO DE MAIS BANHEIROS NO LOCAL DE REALIZAÇÃO DA FECEG".</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE EDUCAÇÃO ESTUDE A POSSIBILIDADE DE COMPRAR NOTEBOOKS PARA OS PROFESSORES DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJAM REATIVADAS AS ATIVIDADES DO GRUPO DOS ALCOÓLICOS ANÔNIMOS DE GUARUJÁ DO SUL.”</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS SOBRE ATENDIMENTO DE AGENTE COMUNITÁRIO DE SAÚDE.”</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO REALIZE A COMPRA DE LIVROS DE LITERATURA".</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O PODER EXECUTIVO ESTUDE A VIABILIDADE DE FAZER A ISENÇÃO DA TAXA DE CONTRIBUIÇÃO DE SERVIÇO DE ILUMINAÇÃO PÚBLICA – COSIP COMO INCENTIVO A QUEM ADERIR À PRODUÇÃO DE ENERGIA SOLAR".</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS AO PREFEITO MUNICIPAL SOBRE O MOTIVO DA DEMORA DO PAGAMENTO DOS SERVIÇOS E MATERIAIS QUE SÃO ADQUIRIDOS NAS EMPRESAS DE GUARUJÁ PELA SECRETARIA DE OBRAS."</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx</t>
   </si>
   <si>
     <t>"SOLICITA REPAROS NA ILUMINAÇÃO PÚBLICA."</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx</t>
   </si>
   <si>
     <t>"SOLICITA REESTRUTURAÇÃO E CRIAÇÃO DE PLANO DE CARREIRA NO ESTATUTO DOS SERVIDORES PÚBLICOS."</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Márcia Andréia Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE OBRAS E URBANISMO PROVIDENCIE O CONSERTO DE BURACOS NA AVENIDA JOÃO PESSOA."</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx</t>
   </si>
   <si>
     <t>"SOLICITA A CONSTRUÇÃO DE UMA LOMBADA REDUTORA DE VELOCIDADE OU FAIXA DE PEDESTRES ELEVADA EM FRENTE À PRAÇA MUNICIPAL."</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O SECRETÁRIO DE OBRAS VERIFIQUE A SITUAÇÃO DAS ESTRADAS DO INTERIOR."</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO FAÇA CAMPANHA PARA A DIMINUIÇÃO DE SACOLAS PLÁSTICAS NO COMÉRCIO DO MUNICÍPIO."</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Mário Pagno</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL REABRA O POSTO DE SAÚDE DA LINHA ARARA."</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO REALIZE AS OBRAS DE PAVIMENTAÇÃO DAS RUAS DO LOTEAMENTO WURZIUS."</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE CRIAÇÃO DE UM PROJETO DE LEI ESTABELECENDO PREMIAÇÕES EM DINHEIRO AO CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO."</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O PODER EXECUTIVO ESTUDE A POSSIBLIDADE DE INCENTIVAR O PAGAMENTO DE ALIMENTAÇÃO AOS DOADORES DE SANGUE."</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE INDÚSTRIA E COMÉRCIO ENVIE PARA ESTA CÂMARA DE VEREADORES A PRESTAÇÃO DE CONTAS DA FECEG."</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA REALIZADA A CONTRATAÇÃO DE OBSTETRA PARA ATENDIMENTO DAS GESTANTES DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx</t>
   </si>
   <si>
     <t>"SOLICITA RELATÓRIOS DA SECRETARIA DE SAÚDE".</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O PODER EXECUTIVO FAÇA UMA REVITALIZAÇÃO DA ESTRUTURA DO PRÉDIO DA VIGILÂNCIA SANITÁRIA, BEM COMO INVESTIMENTO EM MOBÍLIA NOVA".</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO ENCAMINHE A ESTA CÂMARA DE VEREADORES INFORMAÇÕES SOBRE O QUE FALTA PARA SAIR A REGULARIZAÇÃO DESTE LOTEAMENTO".</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE OBRAS DO MUNICÍPIO ENCAMINHE A ESTA CÂMARA DE VEREADORES RELATÓRIO DO CONTROLE FINANCEIRO E RELATÓRIO DAS HORAS-MÁQUINA QUE SÃO PRESTADAS AOS AGRICULTORES".</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O SETOR DE URBANISMO REALIZE O CONSERTO DE UMA LIXEIRA EM FRENTE À CASA DE EDSON ALAMBRANDT, E INSTALE UMA LIXEIRA NA RUA PROFESSOR OLAVO".</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO ENCAMINHE A ESTA CÂMARA DE VEREADORES O NOME DA EMPRESA QUE GANHOU A LICITAÇÃO PARA CONSTRUÇÃO DA RUA COBERTA EM FRENTE À PRAÇA MUNICIPAL E O VALOR DA CONSTRUÇÃO".</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx</t>
   </si>
   <si>
     <t>"SOLICITA MANUTENÇÃO NO ASFALTO DE ACESSO À LINHA PESSEGUEIRO ".</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx</t>
   </si>
   <si>
     <t>"SOLICITA MANUTENÇÃO NA IMPRESSORA INSTALA DA NO CONSULTÓRIO DO DR. JOÃO".</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx</t>
   </si>
   <si>
     <t>"SOLICITA RELACIONADAS À EXECUÇÃO DA OBRA DA COBERTURA DA RUA EM FRENTE À PRAÇA ".</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS DO ENGENHEIRO RESPONSÁVEL PELO PROJETO DA RUA COBERTA".</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Cleber Jonas Weschenfelder</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx</t>
   </si>
   <si>
     <t>"SOLICITA FOTO DO PROJETO ARQUITETÔNICO DA OBRA DA RUA COBERTA".</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx</t>
   </si>
   <si>
     <t>"SOLICITA INSTALAÇÃO DE LIXEIRAS PÚBLICAS".</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx</t>
   </si>
   <si>
     <t>"SOLICITA TROCAS DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA QUEIMADAS NA LINHA POSSATO".</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO PROVIDENCIE A RECOLHA DOS GALHOS ORIUNDOS DE PODAS DE ÁRVORES NO BAIRRO SULINA".</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL DÊ A DESTINAÇÃO CORRETA AOS VIDROS DO CARRETÃO DE COLETA".</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJAM RETOMADOS OS TRABALHOS DE RECUPERAÇÃO DAS ESTRADAS DA LINHA POSSATO ".</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DE ELABORAR UM PROJETO PARA CONSTRUÇÃO DE UMA CASA MORTUÁRIA ".</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA ELABORADO PROJETO DE CALÇAMENTO NO BAIRRO SANTO ANTÔNIO ".</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A MÉDICA VALÉRIA VOLTE A ATENDER NO POSTO DE SAÚDE CENTRAL”.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O PODER EXECUTIVO INDIQUE ALGUÉM COMO SECRETÁRIO DE AGRICULTURA”.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL DEIXE O CAMPO DE FUTEBOL SUÍÇO, AO LADO DO GINÁSIO DE ESPORTES, EM CONDIÇÕES PARA USO”.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA CONSTRUÍDO UM PASSEIO NA ÁREA INDUSTRIAL”.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O SECRETÁRIO DE OBRAS REALIZE A MANUTENÇÃO DAS ESTRADAS DA LINHA BELA VISTA”.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO MUNICIPAL ESTUDE A POSSIBILIDADE DE SUBSIDIAR AS ENTIDADES MUNICIPAIS, COMO APPS, GRUPOS DE DANÇAS, GRUPOS DE JOVENS, CORAIS, GRUPOS DE IDOSOS, DENTRE OUTROS EXISTENTES EM GUARUJÁ DO SUL”.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES SOBRE AS VIAGENS CONTRATADAS PELA ADMINISTRAÇÃO MUNICIPAL”.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE OBRAS PROVIDENCIE A COLOCAÇÃO DE DOIS TUBOS DE BUEIRO NÃO LINHA TREZE DE MAIO”.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx</t>
   </si>
   <si>
     <t>"SOLICITA A MELHORIA DAS ESTRADAS NA LINHA PINHEIRINHO”.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE URBANISMO PROVIDENCIE O AUMENTO DO NÚMERO DE ESTACIONAMENTOS PARA MOTOCICLETAS EM GUARUJÁ DO SUL”.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A SECRETARIA DE URBANISMO DÊ UMA ATENÇÃO À RUA BRUNO TAUBE, NO BAIRRO TROPICAL”.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO BUSQUE UMA FORMA DE AUXILIAR O COLÉGIO ESTADUAL QUANDO DA REALIZAÇÃO DE EVENTUAIS VIAGENS DE ESTUDOS”.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJAM TIRADAS AS PEDRAS BRITAS DO ESTÁDIO MUNICIPAL E QUE SEJAM COLOCADOS PAVERS”.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA ESTUDADA VIABILIDADE DE CONSTRUÇÃO DE UM PARQUINHO PARA CRIANÇAS PRÓXIMO ÀS ARQUIBANCADAS DO ESTÁDIO MUNICIPAL”.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA RETOMADO O ATENDIMENTO ODONTOLÓGICO NO POSTO DE SAÚDE DA LINHA BAIXO ARARA”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA CONSTRUÍDO UMA LOMBADA REDUTORA DE VELOCIDADE NA RUA ANTÔNIO DILMANN”.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE, AINDA NESTA ADMINISTRAÇÃO, HAJA UM PROJETO PILOTO DE HABITAÇÃO POPULAR”.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE O PODER PÚBLICO ESTUDE A VIABILIDADE DE SE FAZER UMA AMPLIAÇÃO EM PRÉ-MOLDADO AO LADO DO CTG”.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx</t>
   </si>
   <si>
     <t>"SOLICITA A INSTALAÇÃO DE UMA TORNEIRA NOS FUNDOS DO CEMITÉRIO”.</t>
   </si>
   <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>MOÇÃO LEGISLATIVA</t>
+  </si>
+  <si>
+    <t>Dalvâni Roberta Lermen</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A POLICIA MILITAR DO MUNICÍPIO DE GUARUJÁ DO SUL - SC.</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APELO CONTRA A EXTINÇÃO DA COORDENADORIA REGIONAL DE EDUCAÇÃO DE DIONÍSIO CERQUEIRA/SC</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1134/mocao_no_03.2023_-_apoio_a_policiais_e_bombeiros.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APOIO AS REIVINDICAÇÕES DAS PRAÇAS DA POLICIA E BOMBEIROS MILITARES DE SANTA CATARINA.</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1135/mocao_no_04.2023_-_marcia_a._fernandes_-_repudio_a_ma_sinalizacao_no_trevo.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE REPÚDIO DIANTE DA MÁ SINALIZAÇÃO NAS OBRAS DE REFORMA DA BR163, NO TREVO DE GUARUJÁ DO SUL/SC.</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1136/mocao_no_05.2023_-_sonia_l._k._rosenbach_-_extincao_da_coordenadoria_regional_de_educacao.docx</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>Situação</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1141/mocao_no_06.2023_-_bancada_de_situacao_-_apelo_a_taxa_de_importacao_do_leite.docx</t>
+  </si>
+  <si>
+    <t>“MANIFESTA PREOCUPAÇÃO REFERENTE À TAXA DE IMPORTAÇÃO DO LEITE.”</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>Congratulações à Equipe Duroc's pela conquista do 1º lugar no campeonato municipal de futsal na categoria principal, no ano de 2023.</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>Congratulações à Equipe Suíço do Mano pela conquista do 1º lugar no campeonato municipal de futsal na categoria principal, no ano de 2023.</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Núcleo de Ensino Arco-Íris, à Secretaria Municipal de Esportes, aos professores e equipe técnica e às alunas campeãs da etapa microrregional do Jesc de futsal.</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à Escola Estadual Elza Mancelos de Moura pela realização da décima oitava Festa do Livro.</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1146/mocao_no_11.2023_-_lombada_eletronica.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APELO PARA INSTALAÇÃO URGENTE DE LOMBADA ELETRÔNICA PRÓXIMO AO PARQUE INDUSTRIAL II DO MUNICÍPIO DE GUARUJÁ DO SUL - SC.</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1147/mocao_no_12.2023_-_apelo_universidade_federal_fronteira_sul.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APELO PARA INSTALAÇÃO DE UM CAMPUS DA UNIVERSIDADE FEDERAL DA FRONTEIRA SUL (UFFS) EM SÃO MIGUEL DO OESTE/SC.</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À EQUIPE SUÍÇO DO MANO PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA VETERANO.</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À EQUIPE MECÂNICA GUARUJÁ PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA LIVRE.</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À EQUIPE GRANJA FRANZ PELA CONQUISTA DO PRIMEIRO LUGAR NO CAMPEONATO MUNICIPAL DE FUTEBOL SUÍÇO, NO ANO DE 2023, NA CATEGORIA FEMININA.</t>
+  </si>
+  <si>
     <t>1339</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx</t>
   </si>
   <si>
     <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL</t>
   </si>
   <si>
-    <t>1132</t>
-[...121 lines deleted...]
-  <si>
     <t>1233</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx</t>
   </si>
   <si>
     <t>FIXA RESTRIÇÃO PARA O EXERCÍCIO DE CARGOS EM COMISSÃO E DE CONFIANÇA NO PODER PÚBLICO MUNICIPAL, E DFA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N. 2.296, DE 09 DE SETEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>Aprova Plano de Loteamento e Autorização para concessão de licença da outras providencias</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REALIZAÇÃO DA II FECEG – “FEIRA E EXPOSIÇÃO COMERCIAL E EMPRESARIAL DE GUARUJÁ DO SUL”, AUTORIZA EFETUAR DESPESAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano Municipal de Gestão Integrada de Resíduos Sólidos (PMGIRS) do Município de Guarujá do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx</t>
   </si>
   <si>
     <t>RATIFICA A 2ª ALTERAÇÃO DO CONTRATO DE CONSÓRCIO DO CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS - SANTA CATARINA PARANÁ E RIO GRANDE DO SUL – DE SEGURANÇA ALIMENTAR, ATENÇÃO A SANIDADE AGROPECUÁRIA E DESENVOLVIMENTO LOCAL – CONSAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx</t>
   </si>
   <si>
     <t>Autoriza  a transferência de Recursos Financeiros á Associação Beneficente Hospitalar Guarujá.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DA CASA FAMILIAR RURAL DE SÃO JOSÉ DO CEDRO”.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx</t>
   </si>
   <si>
     <t>Autoriza a dar baixa dos bens móveis permanentes declarados inservíveis de acordo com o Anexo I, do registro de Patrimônio Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Guarujá do Sul/SC e dá outras providências.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR A CONCESSÃO ONEROSA DE USO DE ESPAÇO PÚBLICO PARA INSTALAÇÃO DE LANCHONETE, GERENCIAMENTO E COMERCIALIZAÇÃO DE HORÁRIOS E ZELADORIA, EM ESPAÇO DA QUADRA COBERTA ESPORTIVA DO BAIRRO SULINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n. 2.046, de 21 de maio de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 9ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSORCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx</t>
   </si>
   <si>
     <t>“Altera o artigo 2º e o artigo 10º DA LEI MUNICIPAL Nº 2.788/2023 de 07 de março de 2023, que DISPÕE SOBRE A REALIZAÇÃO DA II FECEG – “FEIRA E EXPOSIÇÃO COMERCIAL E EMPRESARIAL DE GUARUJÁ DO SUL”, AUTORIZA EFETUAR DESPESAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL                 ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL                 SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx</t>
   </si>
   <si>
     <t>Institui programa de incentivos denominado “Pacto pelo Saneamento”, a fim de cumprir as metas de universalização da cobertura de esgotamento sanitário e dá outras providências.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx</t>
   </si>
   <si>
     <t>“APROVA A REVISÃO DAS METAS DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICIPIO DE GUARUJÁ DO SUL   E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx</t>
   </si>
   <si>
     <t>Fixa jeton para remuneração extraordinária ao Conselheiro Tutelar nas condições que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL _x000D_
                 ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL _x000D_
                 ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A TRANSFERÊNCIA DE RECURSOS FINANCEIROS Á ASSOCIAÇÃO BENEFICENTE HOSPITALAR GUARUJÁ.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Protocolo de Intenções consubstanciado no Contrato de Consórcio Público da Agência Reguladora Intermunicipal de Saneamento (ARIS), e dá outras providências.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx</t>
   </si>
   <si>
     <t>REGULAMENTA O PROCESSO DE ESCOLHA DOS GESTORES ESCOLARES PARA A FUNÇÃO DE DIRETOR ESCOLAR DAS UNIDADES MUNICIPAIS DE ENSINO POR MEIO DE CONSULTA PÚBLICA À COMUNIDADE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA A FILIAÇÃO DO MUNICÍPIO À FEDERAÇÃO CATARINENSE DE ATLETISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n. 2.773, de 22 de novembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Escola Municipal do Campo “Sementes do Amanhã”.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA CONCESSÃO DE BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx</t>
   </si>
   <si>
     <t>“Autoriza a alteração da Lei Orçamentária Anual através da Abertura de um Crédito Adicional Suplementar e Dá Outras Providências”.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx</t>
   </si>
   <si>
     <t>Aprova Plano de Loteamento e Autorização para concessão de licença da outras providencias.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx</t>
   </si>
   <si>
     <t>“AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE DE RECURSOS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL MEDIANTE INEXIGIBILIDADE DE CHAMAMENTO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REESTIMATIVA DOS VALORES FISCAIS DO PLANO PLURIANUAL DO GOVERNO DO MUNICIPIO DE GUARUJÁ DO SUL, PARA O PERÍODO DE  2024”.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do Município de Guarujá do Sul, as Prioridades e Metas da Administração, seus Recursos Financeiros e as bases para preparação do Orçamento-Programa para o Exercício de 2024.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER POR DOAÇÃO AREA DE TERRAS DO LOTEAMENTO MATTUELLA, E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ÇAMENTÁRIA ANUAL ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO ADICIONAL SPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx</t>
   </si>
   <si>
     <t>“ALTERA ART. 18 DA LEI MUNICIPAL 2.172/2012 DE 12 DE MARÇO DE 2012, QUE CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICIPIO DE GUARUJÁ DO SUL   E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL _x000D_
                 ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL _x000D_
                 SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx</t>
   </si>
   <si>
     <t>ESTIMA    A    RECEITA    E     FIXA    A DESPESA  PARA   O   EXERCÍCIO   DE   2024</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx</t>
   </si>
   <si>
     <t>Altera o Artigo 1º da Lei nº 2.823/2023 de 07 de outubro de 2023, que autorizou o Poder Executivo Municipal a receber por doação área de terras do Loteamento Mattuella, e das outras providências.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA  A  ALTERAÇÃO  DA   LEI ORÇAMENTÁRIA ANUAL ATRAVÉS  DA   ABERTURA  DE   UM  CRÉDITO   ADICIONAL  SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a aderir ao Programa Badesc Cidades e tomar empréstimo junto ao BADESC – AGÊNCIA DE FOMENTO DO ESTADO DE SANTA CATARINA S/A e dá outras providências.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o processo de desmembramento de partes da chácara nº 51, objeto da matrícula 2.272, e das outras providências.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REALIZAÇÃO DA EXPOGUARUJÁ, AUTORIZA EFETUARDESPESAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NA 10ª ALTERAÇÃO CONTRATUAL DE CONSÓRCIO PÚBLICO DO CONSORCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL – CONDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual ao funcionalismo público para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL NO VENCIMENTO DOS CARGOS EFETIVOS, COMISSIONADOS, E DOS SUBSÍDIOS DOS CARGOS ELETIVOS DO PODER LEGISLATIVO MUNICIPAL”.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1963,67 +1963,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1134/mocao_no_03.2023_-_apoio_a_policiais_e_bombeiros.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1135/mocao_no_04.2023_-_marcia_a._fernandes_-_repudio_a_ma_sinalizacao_no_trevo.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1136/mocao_no_05.2023_-_sonia_l._k._rosenbach_-_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1141/mocao_no_06.2023_-_bancada_de_situacao_-_apelo_a_taxa_de_importacao_do_leite.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1146/mocao_no_11.2023_-_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1147/mocao_no_12.2023_-_apelo_universidade_federal_fronteira_sul.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_verbal_no._01.2023_-_rodrigo_a._lunkes._instalacao_de_camera_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacao_verbal_no._02.2023_-_rodrigo_a._lunkes._ceder_servidor_municipal_a_delegacia.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacao_verbal_no._03.2023_-_rosangela_._servicos_no_parque_industrial_ii.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_verbal_no._04.2023_-_volnei_..._boca_de_lobo_heleci_calcados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1091/indicacao_verbal_no._05.2023_-_sonia_rosenbach._mocao_de_apelo_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_verbal_no._06.2023_-_luiz_carlos_seibel._reparos_nas_estradas_do_inteior.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_verbal_no._07.2023_-mesa_diretora_..._seguranca_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_verbal_no._08.2023_-_luiz_carlos_seibel._colocar_cascalho_na_propriedade_de_ivo_mallmann.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_verbal_no._09.2023_-_rodrigo_andre_lunkes._instalacao_de_academia_ao_ar_livre_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_verbal_no._10.2023_-_jair_tibolla._instalacao_de_lombada_no_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_verbal_no._11.2023_-_rodrigo_andre_lunkes._bancos_de_concreto_na_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacao_verbal_no._12.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacao_verbal_no._13.2023_-_sonia_rosenbach._aulas_de_danca_etc_aos_alunos_que_nao_se_enquadram_no_cras.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacao_verbal_no._14.2023_-_sonia_rosenbach._oferta_de_ginastica_as_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacao_verbal_no._15.2023_-_volnei_l._gossler._construcao_de_mais_banheiros_no_local_de_realizacao_da_feceg.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacao_verbal_no._16.2023_-_volnei_l._gossler._aquisicao_de_notebooks_para_os_professores_do_municipio.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1103/indicacao_verbal_no._17.2023_-_iria_r._taube._reativacao_das_atividades_do_grupo_alcoolicos_anonimos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1104/indicacao_verbal_no._18.2023_-_sonia_l._k._rosenbach._esclarecimentos_sobre_atendimento_de_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1106/indicacao_verbal_no._20.2023_-_volnei_l._gossler._isencao_da_taxa_de_contribuicao_de_servico_de_iluminacao_publica__cosip.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1107/indicacao_verbal_no._21.2023_-_rodrigo_andre_lunkes._esclarecimentos_da_prefeitura_sobre_os_pagamentos_da_secretaria_de_obras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1108/indicacao_verbal_no._22.2023_-_rodrigo_andre_lunkes._consertos_na_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1109/indicacao_verbal_no._23.2023_-_rodrigo_andre_lunkes._reestruturacao_no_estatuto_dos_servidores_publicos.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_no._24.2023_-_marcia_a._fernandes._conserto_dos_buracos_da_av._joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_no._25.2023_-_volnei_l._gossler._instalacao_de_lombada_na_rua_da_praca.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_no._26.2023_-_luiz_c._seibel._manutencao_das_estradas_do_interior.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_no._27.2023_-_marcia_a._fernandes._diminuicao_de_sacolas_plasticas_no_comercio.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1114/indicacao_verbal_no._28.2023_-_mario_pagno._reabertura_do_posto_de_saude_da_linha_arara.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_no._29.2023_-_rodrigo_a._lunkes._pavimentacao_das_ruas_do_loteamento_wurzius.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_no._30.2023_-_rodrigo_a._lunkes._premiacao_em_dinheiro_ao_campeonato_municipal_de_futebol_de_campo.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_no._31.2023_-_volnei_l._gossler._pagamento_de_alimentacao_aos_doadores_de_sangue.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_no._32.2023_-_jair_tibolla._prestacao_de_contas_da_feceg.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_no._33.2023_-_luiz_c._seibel._contratacao_de_obstetra.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_no._34.2023_-_rodrigo_a._lunkes._relatorios_secretaria_de_saude.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_no._35.2023_-_rodrigo_a._lunkes._revitalizacao_do_predio_da_vigilancia_sanitaria.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_no._36.2023_-_rodrigo_a._lunkes._regularizacao_do_loteamento_schmidt.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_no._37.2023_-_rodrigo_a._lunkes._relatorio_de_horas-maquina_prestadas_aos_agriultores.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_no._38.2023_-_volnei_l._gossler._conserto_e_instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_no._39.2023_-_mario_pagno._informacoes_sobre_a_obra_de_construcao_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_no._40.2023_-_sonia_l._k._rosenbach._manutencao_da_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_no._41.2023_-_mario_pagno._conserto_impressora_dr._joao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1128/indicacao_verbal_no._42.2023_-_rodrigo_a._lunkes._informacoes_sobre_a_obra_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1129/indicacao_verbal_no._43.2023_-_jair_tibolla._esclarecimentos_do_engenheiro_do_projeto_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1130/indicacao_verbal_no._44.2023_-_cleber_j._weschenfelder._foto_do_projeto_arquitetonico_da_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_no._45.2023_-_sonia_l._k._rosenbach._instalacao_de_lixeiras.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1138/indicacao_verbal_no._46.2023_-_sonia_l._k._rosenbach._troca_das_lampadas_queimadas_na_linha_possato.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_no._47.2023_-_jair_tibolla._galhos_no_bairro_sulina.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_no._48.2023_-_jair_tibolla._destinacao_dos_vidros_do_carretao_de_coleta.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1148/indicacao_verbal_no._49.2023_-_rodrigo_a._lunkes._recuperacao_das_estradas_da_linha_possato.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1149/indicacao_verbal_no._50.2023_-_volnei_l._gossler._construcao_da_casa_mortuaria.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1150/indicacao_verbal_no._51.2023_-_volnei_l._gossler._calcamento_no_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_verbal_no._52.2023_-_mario_pagno._atendimento_dra._valeria.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_verbal_no._53.2023_-_jair_tibolla._secretario_de_agricultura.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_verbal_no._54.2023_-_volnei_l._gossler._campo_de_futebol_suico.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_verbal_no._55.2023_-_claudemir_a._amann._construcao_de_passeio_na_area_industrial.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_verbal_no._56.2023_-_claudemir_a._amann._manutencao_das_estradas_da_linha_bela_vista.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1159/indicacao_verbal_no._57.2023_-_claudemir_a._amann._subsidio_as_entidades_municipais.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1160/indicacao_verbal_no._58.2023_-_claudemir_a._amann._informacoes_sobre_as_viagens_contratadas_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_verbal_no._59.2023_-_sonia_andrioli._colocacao_de_tubos_de_bueiros_na_linha_treze_de_maio.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_verbal_no._60.2023_-_sonia_andrioli._melhoria_das_estradas_da_linha_pinheirinho.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1163/indicacao_verbal_no._61.2023_-_rosangela_muller._estacionamentos_para_motocicletas.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1164/indicacao_verbal_no._62.2023_-_claudemir_a._amann._manutencao_da_rua_bruno_taube.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1165/indicacao_verbal_no._63.2023_-_claudemir_a._amann._auxilio_ao_colegio_estadual_em_eventuais_viagens..docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1166/indicacao_verbal_no._64.2023_-_rosangela_muller._colocacao_de_pavers_no_estadio.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1167/indicacao_verbal_no._65.2023_-_rosangela_muller._construcao_de_parquinho_no_estadio_municipal.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1168/indicacao_verbal_no._66.2023_-_sonia_andrioli._retomnada_dos_atendimentos_odontologicos_na_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1169/indicacao_verbal_no._67.2023_-_cleber_j_weschenfelder._construcao_de_lombada_na_rua_antonio_dillman.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1170/indicacao_verbal_no._68.2023_-_marcia_a._fernandes._projeto_habitacional.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_verbal_no._69.2023_-_iria_r._taube._ampliacao_em_pre-moldado.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_verbal_no._70.2023_-_volnei_l._gossler._torneira_nos_fundos_do_cemiterio.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1132/mocao_no_01.2023_-_dalvani_r._lermen_-_aplausos_a_policia_militar.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1133/mocao_no_02.2023_-_apelo_fechamento_sdr.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1134/mocao_no_03.2023_-_apoio_a_policiais_e_bombeiros.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1135/mocao_no_04.2023_-_marcia_a._fernandes_-_repudio_a_ma_sinalizacao_no_trevo.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1136/mocao_no_05.2023_-_sonia_l._k._rosenbach_-_extincao_da_coordenadoria_regional_de_educacao.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1141/mocao_no_06.2023_-_bancada_de_situacao_-_apelo_a_taxa_de_importacao_do_leite.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1146/mocao_no_11.2023_-_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1147/mocao_no_12.2023_-_apelo_universidade_federal_fronteira_sul.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1339/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1340/decreto_02.2023_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1341/decreto_03.2022_turno_unico_05.06.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1342/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1343/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1344/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1345/decreto_legislativo_n._07.2023_luto_._darci_zimmer.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1233/redacao_final_projeto_de_lei_n.__01.2023.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1234/redacao_final_projeto_de_lei_n.__02.2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1236/redacao_final_projeto_de_lei_n.__04.2023.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1237/redacao_final_projeto_de_lei_n.__05.2023_pmgirs.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1238/redacao_final_projeto_de_lei_n.__06.2023_consad.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1239/redacao_final_projeto_de_lei_n.__07.2023_hospital.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1240/redacao_final_projeto_de_lei_n._08.2023_cfr.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1241/redacao_final_projeto_de_lei__n.__09.2023_bens_inserviveis.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1242/redacao_final_projeto_de_lei_n._10.2023_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1244/redacao_final_projeto_de_lei_n._12.2023_ginasio_sulina.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1245/redacao_final_projeto_de_lei_n._13.2023.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1246/redacao_final_projeto_de_lei_n._142023_conder.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1247/redacao_final_projeto_de_lei_n._15.2023_feceg.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1248/redacao_final_projeto_de_lei__n._16.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1249/redacao_final_projeto_de_lei_n._17.2023_pacto_saneamento.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1250/redacao_final_projeto_de_lei__n._18.2023_suplementacao.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1251/redacao_final_projeto_de_lei__n._19.2023_metas.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1252/redacao_final_projeto_de_lei__n._20.2023_jeton_conselheiros.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1253/redacao_final_projeto_de_lei__n._21.2023.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1254/redacao_final_projeto_de_lei_n._22.2023_-_repasse_hospital.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1255/redacao_final_projeto_de_lei__n._23.2023_suplementacao_hospital.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1256/redacao_final_projeto_de_lei__n._24.2023_apae.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1257/redacao_final_projeto_de_lei__n._25.2023_apae.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1258/redacao_final_projeto_de_lei_n._26.2023.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1259/redacao_final_projeto_de_lei__n._27.2023.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1260/redacao_final_projeto_de_lei_n._28.2023_aris.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1261/redacao_final_projeto_de_lei_n._29.2023_escolha_das_diretoras.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1262/redacao_final_projeto_de_lei__n._30.2023.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1263/redacao_final_projeto_de_lei_n._31.2023_assiduidade_proporcao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1264/redacao_final_projeto_de_lei_n._32.2023.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1265/redacao_final_projeto_de_lei_n._33.2023.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1266/redacao_final_projeto_de_lei_n._34.2023.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1267/redacao_final_projeto_de_lei_n._35.2023.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1268/redacao_final_projeto_de_lei_n._36.2023.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1269/redacao_final_projeto_de_lei_n._37.2023.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1270/redacao_final_projeto_de_lei_n._38.2023_reestimativa_ppa.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1271/redacao_final_projeto_de_lei_n._39.2023_ldo.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1272/redacao_final_projeto_de_lei_n._40.2023.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1273/redacao_final_projeto_de_lei_n._41.2023.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1274/redacao_final_projeto_de_lei_n._42.2023.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1275/redacao_final_projeto_de_lei_n._43.2023.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1276/redacao_final_projeto_de_lei_n._44.2023.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1277/redacao_final_projeto_de_lei_n._45.2023_certo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1278/redacao_final_projeto_de_lei__n._46.2023.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1279/redacao_final_projeto_de_lei__n._47.2023.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1280/redacao_final_projeto_de_lei_n._48.2023.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1281/redacao_final_projeto_de_lei_n._49.2023.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1282/redacao_final_projeto_de_lei__n._50.2023_..._loa.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1283/redacao_final_projeto_de_lei__n._51.2023.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1284/redacao_final_projeto_de_lei__n._52.2023.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1285/redacao_final_projeto_de_lei__n._53.2023_financiamento_basdesc.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1286/redacao_final_projeto_de_lei__n._54.2023_desmembramento_cleber.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1287/redacao_final_projeto_de_lei__n._55.2023_expoguaruja.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1288/redacao_final_projeto_de_lei__n._56.2023.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1289/redacao_final_projeto_de_lei__n._58.2023_repasse_hospital_2024.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1290/redacao_final_projeto_de_lei__n._59.2023_revisao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2023/1295/projeto_de_lei_n._01.2023_-_revisao_anual_2023.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="201" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="200.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3840,600 +3840,600 @@
       </c>
       <c r="G71" s="1" t="s">
         <v>298</v>
       </c>
       <c r="H71" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>300</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
         <v>301</v>
       </c>
       <c r="E72" t="s">
         <v>302</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H72" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>17</v>
       </c>
       <c r="D73" t="s">
         <v>301</v>
       </c>
       <c r="E73" t="s">
         <v>302</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H73" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>21</v>
       </c>
       <c r="D74" t="s">
         <v>301</v>
       </c>
       <c r="E74" t="s">
         <v>302</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H74" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>26</v>
       </c>
       <c r="D75" t="s">
         <v>301</v>
       </c>
       <c r="E75" t="s">
         <v>302</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H75" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>31</v>
       </c>
       <c r="D76" t="s">
         <v>301</v>
       </c>
       <c r="E76" t="s">
         <v>302</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H76" t="s">
-        <v>310</v>
+        <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>36</v>
       </c>
       <c r="D77" t="s">
         <v>301</v>
       </c>
       <c r="E77" t="s">
         <v>302</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H77" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>41</v>
       </c>
       <c r="D78" t="s">
         <v>301</v>
       </c>
       <c r="E78" t="s">
         <v>302</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="H78" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D79" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E79" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F79" t="s">
-        <v>323</v>
+        <v>193</v>
       </c>
       <c r="G79" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H79" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>49</v>
+      </c>
+      <c r="D80" t="s">
+        <v>301</v>
+      </c>
+      <c r="E80" t="s">
+        <v>302</v>
+      </c>
+      <c r="F80" t="s">
+        <v>193</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H80" t="s">
         <v>326</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D81" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E81" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F81" t="s">
-        <v>54</v>
+        <v>111</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>330</v>
+        <v>91</v>
       </c>
       <c r="H81" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D82" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E82" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F82" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="H82" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="D83" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E83" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F83" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="H83" t="s">
-        <v>34</v>
+        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="D84" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E84" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F84" t="s">
-        <v>338</v>
+        <v>193</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>339</v>
+        <v>91</v>
       </c>
       <c r="H84" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="D85" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E85" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F85" t="s">
         <v>193</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H85" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="D86" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E86" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="F86" t="s">
         <v>193</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>341</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>342</v>
+      </c>
+      <c r="E87" t="s">
+        <v>343</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H87" t="s">
         <v>345</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>346</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>342</v>
+      </c>
+      <c r="E88" t="s">
+        <v>343</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>347</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
       <c r="H88" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>349</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="D89" t="s">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="E89" t="s">
-        <v>322</v>
+        <v>343</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H89" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>352</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="D90" t="s">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="E90" t="s">
-        <v>322</v>
+        <v>343</v>
       </c>
       <c r="F90" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H90" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>354</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>31</v>
+      </c>
+      <c r="D91" t="s">
+        <v>342</v>
+      </c>
+      <c r="E91" t="s">
+        <v>343</v>
+      </c>
+      <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B91" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H91" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>356</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>36</v>
+      </c>
+      <c r="D92" t="s">
+        <v>342</v>
+      </c>
+      <c r="E92" t="s">
+        <v>343</v>
+      </c>
+      <c r="F92" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B92" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H92" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>358</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>41</v>
+      </c>
+      <c r="D93" t="s">
+        <v>342</v>
+      </c>
+      <c r="E93" t="s">
+        <v>343</v>
+      </c>
+      <c r="F93" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>359</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
       <c r="H93" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>361</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
         <v>362</v>
       </c>
       <c r="E94" t="s">
         <v>363</v>
       </c>
       <c r="F94" t="s">
         <v>364</v>
       </c>
       <c r="G94" s="1" t="s">