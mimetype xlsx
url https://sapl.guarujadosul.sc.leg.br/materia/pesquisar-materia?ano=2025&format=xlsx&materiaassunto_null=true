--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1161" uniqueCount="587">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1201" uniqueCount="603">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -81,51 +81,51 @@
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO CUSTEIE A HOSPEDAGEM DE PACIENTES EM TRATAMENTO DE SAÚDE”.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Oposição</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_legislativa_no_02.2025_-_bancada_do_pt._explicacoes_sobre_atendimentos_do_esf.docx</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES REFERENTES A ATENDIMENTOS PELO ESF”.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Claudemir Antônio Amann</t>
+    <t>Ceguinho</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_legislativa_no_03.2025_-_claudemir_a._amann._iluminacao_e_supressao_de_galhos_da_praca_municipal.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE SEJA MELHORADA A ILUMINAÇÃO E FEITA A SUPRESSÃO DE GALHOS DA PRAÇA MUNICIPAL”.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_legislativa_no_04.2025_-_claudemir_a._amann._aquisicao_de_um_triturador_de_galhos_pela_administracao.docx</t>
   </si>
   <si>
     <t>"SOLICITA QUE A ADMINISTRAÇÃO ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM TRITURADOR DE GALHOS”.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>5</t>
   </si>
@@ -153,90 +153,90 @@
   <si>
     <t>"SOLICITA QUE SEJA INSTALADA LOMBADA REDUTORA DE VELOCIDADE NA RUA AFONSO DINON, NO BAIRRO SULINA”.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Fabrício Wagner</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_legislativa_no_07.2025_-_fabricio_wagner._instalacao_de_lombadas_redutoras_de_velocidade..docx</t>
   </si>
   <si>
     <t>"SOLICITA A INSTALAÇÃO DE LOMBADAS REDUTORAS DE VELOCIDADE”.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Carlos Izidro Possatto</t>
+    <t>Carlinhos</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_legislativa_no_08.2025_-_carlos_i._possatto._acesso_no_km_105_da_br_163.docx</t>
   </si>
   <si>
     <t>"SOLICITA MANUTENÇÃO DE ACESSO NO KM 105 DA BR 163”.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_legislativa_no_09.2025_-_carlos_i._possatto._remocao_do_degrau_na_lateral_da_br_163_no_parque_industrial.docx</t>
   </si>
   <si>
     <t>"SOLICITA REMOÇÃO DO DEGRAU NA LATERAL DA BR 163 NO PARQUE INDUSTRIAL DE GUARUJÁ DO SUL/SC”.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_legislativa_no_10.2025_-_carlos_i._possatto._lombada_em_frente_a_escola_da_linha_pessegueiro.docx</t>
   </si>
   <si>
     <t>"SOLICITA INSTALAÇÃO DE LOMBADA REDUTORA DE VELOCIDADE EM FRENTE À ESCOLA DA LINHA PESSEGUEIRO”.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Luiz Carlos Seibel</t>
+    <t>Pibi</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_legislativa_no_11.2025_-_luiz_c._seibel._lombadas_na_linha_pessegueiro.docx</t>
   </si>
   <si>
     <t>"SOLICITA A INSTALAÇÃO DE LOMBADAS NA LINHA PESSEGUEIRO”.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_legislativa_no_12.2025_-_cleber_j._weschenfelder._revisao_geral_anual.docx</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES A RESPEITO DA REVISÃO GERAL ANUAL DOS SALÁRIOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>13</t>
   </si>
@@ -984,51 +984,51 @@
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_legislativa_no_74.2025_-_cleber_jonas_weschenfelder_-_andamento_da_obra_da_ponte_da_gruta.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ADMINISTRAÇÃO DÊ ANDAMENTO AOS TRÂMITES E EMITA A ORDEM DE SERVIÇO PARA EXECUÇÃO DA OBRA DA PONTE DA GRUTA.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_legislativa_no_75.2025_-_fabricio_wagner_-_construcao_de_escadaria_para_dar_acesso_ao_ginasio_municipal.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE ESCADARIA EM FRENTE AO SILO DA ALFA PARA DAR ACESSO AO GINÁSIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>Rodrigo André Lunkes</t>
+    <t>Chibi</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_legislativa_no_76.2025_-_rodrigo_andre_lunkes_-_instalacao_de_parquinho_infantil_perto_do_campo_municipal.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INSTALADO PRÓXIMO AO CAMPO MUNICIPAL UM PARQUINHO INFANTIL.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_legislativa_no_77.2025_-_claudemir_a._amann_-_escoamento_na_rua_inacio_rippel.docx</t>
   </si>
   <si>
     <t>"SOLICITA PARA QUE SEJA FEITO O ESCOAMENTO DE ÁGUA NA RUA INÁCIO RIPPEL, EM FRENTE AO MORADOR ÉDIO MULLER"</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>78</t>
   </si>
@@ -1596,57 +1596,66 @@
   <si>
     <t>MOÇÃO DE APLAUSOS AO CENTRO DE TRADIÇÕES GAÚCHAS - CTG DE GUARUJÁ DO SUL/SC</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_apoio_hs.docx</t>
   </si>
   <si>
     <t>“APOIO AO PL N. 1.338/2022, QUE VERSA SOBRE A REGULAMENTAÇÃO DA EDUCAÇÃO DOMICILIAR NO ÂMBITO FEDERAL”</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO MOVIMENTO DAS MULHERES CAMPONESAS</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ESCOLA DE JIU-JÍTSU HATTORI.</t>
   </si>
   <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1546/mocao_de_apelo_12.pdf</t>
+  </si>
+  <si>
+    <t>"MOÇÃO DE APELO EM APOIO AOS PRODUTORES DA ATIVIDADE LEITEIRA"</t>
+  </si>
+  <si>
     <t>1523</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1523/projeto_de_lei_047-2025_-_altera_dispositivo_da_lei_n._2.445-2017_que_cria_sistema_municipal_de_protecao_e_defesa_civil_simdec_o_conselho_municipal_de_protecao_e_defesa_civil.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVO DA LEI N. 2.445/2017 QUE CRIA SISTEMA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (SIMDEC), O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC), O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (FUNDEC) E A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COOMPDEC) NO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1521/projeto_de_lei_052-2025_-_dispoe_sobre_a_expansao_do_perimetro_urbano_do_municipio_guaruja_do_sul-sc.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a expansão do Perímetro Urbano do Município de Guarujá do Sul, SC, através da alteração da Lei Municipal nº 2.647/2019 de 19 de novembro de 2019, que aprovou e consolidou o perímetro urbano de Guarujá do Sul, e dá outras providências."</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1522/projeto_de_lei_053-2025_-_altera_a_lei_muicipal_no._2457-2015_que_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_de_espaco_publico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2.457/2015, que autoriza o Poder Executivo Municipal a conceder o uso de espaço público e dá outras providências."</t>
   </si>
@@ -1692,50 +1701,65 @@
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO AO ESPORTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>Eliane Aparecida de Souza Fanton</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1540/projeto_de_lei_do_executiv0_063-2025_-_autoriza_o_poder_executivo_municipal_a_efetuar_em_carater_indenizatorio_e_excepcional_o_pagam._correspondentes_a_creditos_de_vale-alimentacao.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR, EM CARÁTER INDENIZATÓRIO E EXCEPCIONAL, O PAGAMENTO DE VALORES CORRESPONDENTES A CRÉDITOS DE VALE-ALIMENTAÇÃO NÃO DISPONIBILIZADOS AOS SERVIDORES PÚBLICOS MUNICIPAIS EM RAZÃO DO INADIMPLEMENTO DA EMPRESA CONTRATADA PARA A ADMINISTRAÇÃO DO BENEFÍCIO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1541/projeto_de_lei_064-2025_-_concede_revisao_geral_anual_ao_funcionalismo_publico_para_o_exercicio_de_2026_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REVISÃO GERAL ANUAL AO FUNCIONALISMO PÚBLICO PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1547/projeto_de_lei_065-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1549/projeto_de_lei_066-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO AO ESPORTE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>1534</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_do_executivo_76-2025_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_guaruja_do_sul_e_da_outras_previdencias.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIA PÚBLICO-PRIVADAS E CONCESSÕES DO MUNICÍPIO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 3º, §1º E §3º, DA LEI ORDINÁRIA 2.046/2010 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1531/projeto_de_lei_complementar_120-2025_-_dispoe_sobre_a_criacao_de_politica_municipal_de_desenvolvimento_economico_e_inovacao_e_cria_programa_de_inovacao.pdf</t>
@@ -1761,63 +1785,87 @@
   <si>
     <t>"DISPÕE SOBRE AS REGRAS PARA CONSTITUIÇÃO E FUNCIONAMENTO DE AMBIENTE REGULATÓRIO EXPERIMENTAL (SANDBOX REGULATÓRIO) NO MUNICÍPIO DE GUARUJÁ DO SUL."</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_lei_complementar_123-2025_-_acresce_o_artigo_126-a_e_altera_a_tabela_xii_da_lei_complementar_n._47-2018_de_26_de_novembro_de_2018_que_dispoe_sobre_o_cod_tributario_do_mun._de_guaruja.pdf</t>
   </si>
   <si>
     <t>"ACRESCE O ARTIGO 126-A E ALTERA A TABELA XII DA LEI COMPLEMENTAR Nº 47/2018 DE 26D E NOVEMBRO DE 2018, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1539/projeto_de_lei_complementar_124-2025_-_altera_incisos_ii_e_iii_do_art._768-87_do_plano_fisico_territorial_de_guaruja_do_sul_de_30_de_setembro_de_1987.pdf</t>
   </si>
   <si>
     <t>"ALTERA INCISOS II E III DO ART. 11, DA LEI 768/87 DO PLANO FÍSICO TERRITORIAL DE GUARUJÁ DO SUL, DE 30 DE SETEMBRO DE 1987 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1548/projeto_de_lei_complementar_125-2025_-_altera_o_numero_de_cargos_pertencentes_a_lei_complementar_2002-2009_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA O NÚMERO DE CARGOS PERTENCENTES A LEI COMPLEMENTAR 2.002/2009 E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>1524</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1524/projeto_de_lei_do_legislativo_002-2025_-_projeto_de_lei_do_legislativo_declarar_de_utilidade_publica_a_associacao_desportiva_amigos_garra_-_adag.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DESPORTIVA AMIGOS GARRA - ADAG, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA".</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>Poder Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1545/projeto_de_lei_do_legislativo_003-2025_-_concede_reajuste_anual_aos_servidores.pdf</t>
+  </si>
+  <si>
+    <t>“CONCEDE REVISÃO GERAL ANUAL NO VENCIMENTO DOS CARGOS EFETIVOS, COMISSIONADOS, E DOS SUBSÍDIOS DOS CARGOS ELETIVOS DO PODER LEGISLATIVO MUNICIPAL”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2121,56 +2169,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_legislativa_no_01.2025_-_lauri_doss._custeio_da_hospedagem_para_pacientes_em_tratamento.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_legislativa_no_02.2025_-_bancada_do_pt._explicacoes_sobre_atendimentos_do_esf.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_legislativa_no_03.2025_-_claudemir_a._amann._iluminacao_e_supressao_de_galhos_da_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_legislativa_no_04.2025_-_claudemir_a._amann._aquisicao_de_um_triturador_de_galhos_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_legislativa_no_05.2025_-_claber_j._weschenfelder._fornecimento_de_agua_a_moradores_da_linha_novo_mundo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_legislativa_no_06.2025_-_marisa_i._v._bottini._instalacao_de_lombadas_redutoras_de_velocidade_na_rua_afonso_dinon.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_legislativa_no_07.2025_-_fabricio_wagner._instalacao_de_lombadas_redutoras_de_velocidade..docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_legislativa_no_08.2025_-_carlos_i._possatto._acesso_no_km_105_da_br_163.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_legislativa_no_09.2025_-_carlos_i._possatto._remocao_do_degrau_na_lateral_da_br_163_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_legislativa_no_10.2025_-_carlos_i._possatto._lombada_em_frente_a_escola_da_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_legislativa_no_11.2025_-_luiz_c._seibel._lombadas_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_legislativa_no_12.2025_-_cleber_j._weschenfelder._revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_legislativa_no_13.2025_-_marisa_bottini._limpeza_em_riacho.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_legislativa_no_14.2025_-_marisa_bottini._limpeza_da_estrada_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_legislativa_no_15.2025_-_flavio_markus_-_reparos_nas_estradas_do_bairro_esperanca.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_legislativa_no_16.2025_-_fabricio_wagner_-_solicita_explicacoes_ao_coordenador_do_samu.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_legislativa_no_17.2025_-_fabricio_wagner_-_implementacao_dos_cursos_do_senar.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_legislativa_no_18.2025_-_fabricio_wagner_-_contrata_mais_brasil.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_legislativa_no_19.2025_-_lauri_doss_-_alteracao_na_lombada_da_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_legislativa_no_20.2025_-_lauri_doss_-_instalacao_de_tachoes_na_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_legislativa_no_21.2025_-_luiz_c._seibel_-_reparos_no_asfalto_na_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_legislativa_no_22.2025_-_claudemir_a._amann_-_melhorias_no_canteiro_do_final_da_via_paralela_que_da_com_a_linha_pessegueiro_e_linha_taquarucu.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_legislativa_no_23.2025_-_claudemir_a._amann_-_avaliacao_da_obra_de_asfalto.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_legislativa_no_24.2025_-_marisa_bottini_-_acessibilidade_nos_passeios_publicos.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_legislativa_no_25.2025_-_cleber_j._weschenfelder_-_contratacao_dos_controladores_de_acesso.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_legislativa_no_26.2025_-_cleber_j._weschenfelder_-_pagamento_do_bonus_agricola.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_legislativa_no_27.2025_-_flavio_markus_-_troca_de_tubos_na_rua_parana.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_legislativa_no_28.2025_-_luiz_carlos_seibel_-_estender_a_licenca_maternidade_das_servidoras_temporarias.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_legislativa_no_29.2025_-_claudemir_antonio_amann_-_liberar_internet_as_pessoas_que_utilizam_o_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_legislativa_no_30.2025_-_fabricio_wagner_-_coleta_de_lixo_no_interior.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_legislativa_no_31.2025_-_fabricio_wagner_-_prioridade_as_empresas_do_municipio_nas_licitacoes.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_legislativa_no_32.2025_-_claudemir_a._amann_-_pagamento_de_precatorios_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_legislativa_no_33.2025_-_fabricio_wagner_-_instalacao_de_sinalizacao_no_loteamento_gnoato.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_legislativa_no_34.2025_-_marisa_bottini_-_manutencao_da_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_legislativa_no_35.2025_-_flavio_markus_-_informacoes_acerca_do_destino_dos_entulhos_recolhidos.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/ata_da_8a_sessao_ordinaria_da_16a_legislatura.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_legislativa_no_37.2025_-_flavio_markus_-_reforcou_o_pedido_sobre_as_mudancas_realizadas_no_esf.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_legislativa_no_38.2025_-_marcio_a._foggiatto_-_estacionamentos_compartilhados.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_legislativa_no_39.2025_-_claudemir_a._amann_-_dados_do_valor_gasto_no_financiamento_finisa.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_legislativa_no_40.2025_-_claudemir_a._amann_-_estacionamento_obliquo_na_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_legislativa_no_41.2025_-_lauri_doss_-_projeto_pro-autismo.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_legislativa_no_42.2025_-_cleber_j._weschenfelder_-_informacoes_sobre_as_consultas_oftalmologicas.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_legislativa_no_43.2025_-_fabricio_wagner_-_contratacao_de_terapeuta_ocupacional.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_legislativa_no_44.2025_-_claudemir_a._amann_-_substituicao_do_calcamento_por_pavers.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_legislativa_no_45.2025_-_cleber_j._weschenfleder_-_projeto_pro-autismo.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_legislativa_no_46.2025_-_flavio_markus_-_placas_de_identificacao_nas_ruas_do_loteamento_jardim_italia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_legislativa_no_47.2025_-_luiz_c._seibel_-_abrigo_de_passageiros_na_rua_inacio_grimm.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_legislativa_no_48.2025_-_luiz_c._seibel_-_placas_de_identificacao_nas_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_legislativa_no_49.2025_-_flavio_markus_-_esclarecimentos_sobre_andamento_de_licitacao.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_legislativa_no_50.2025_-_lauri_doss_-_transporte_de_atletas_da_escolinha_chapecoense.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_legislativa_no_51.2025_-_cleber_j._weschenfelder_-_audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_legislativa_no_52.2025_-_luiz_c._seibel_-_informacoes_sobre_a_obra_do_clube_da_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_legislativa_no_53.2025_-_carlos_i._possatto_-_incentivo_a_empresas_do_municipio_em_licitacoes.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_legislativa_no_54.2025_-_adavilson_da_rosa_-_manutencoes_na_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_legislativa_no_55.2025_-_flavio_markus_-_informacoes_sobre_usinas_solares.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_legislativa_no_56.2025_-_cleber_j._weschenfelder_-_contratacao_de_professor_de_danca_alema.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_legislativa_no_57.2025_-_lauri_doss_-_reparos_nas_ruas_darci_cavalier_e_nicolau_aloisio_lermen.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_legislativa_no_58.2025_-_carlos_i._possatto_-_instalacao_de_quebra_molas_na_rua_presdiente_vargas.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_legislativa_no_59.2025_-_flavio_markus_-_instalacao_de_lombada_na_rua_presidente_vargas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_legislativa_no_60.2025_-_flavio_markus_-_padronizacao_da_avenida_joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_legislativa_no_61.2025_-_fabricio_wagner_-_instalacao_de_redutor_de_velocidade_proximo_ao_trevo.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_legislativa_no_62.2025_-_claudemir_a._amann_-_instalacao_de_ponto_de_carregamento_eletrico.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_legislativa_no_63.2025_-_carlos_i._possatto_-_aquisicao_de_conjunto_de_conchas_para_os_tratores.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_legislativa_no_64.2025_-_carlos_i._possatto_-_instalacao_de_agua_na_linha_novo_mundo.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_legislativa_no_65.2025_-_flavio_markus_-_troca_de_tubos_na_rua_parana.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_legislativa_no_66.2025_-_cleber_j._weschenfelder_-_retomada_da_politica_publica_de_execucao_deas_calcadas.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_legislativa_no_67.2025_-_luiz_c._seibel_-_alteracao_na_forma_de_pagamento_do_abono_assiduidade.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_legislativa_no_68.2025_-_fabricio_wagner_-_criacao_de_projeto_de_coscinetizacao_sobre_o_lixo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_legislativa_no_69.2025_-_flavio_markus_-_instalacao_de_lixeira_grande.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_legislativa_no_70.2025_-_cleber_j._weschenfedler_-_informacoes_sobre_licitacao_de_esportes.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_legislativa_no_71.2025_-_fabricio_wagner_-_manutencoes_no_bairro_mirassol.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_legislativa_no_72.2025_-_flavio_markus_-_reparos_na_rua_dionisio_caramori.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_legislativa_no_73.2025_-_claudemir_antonio_amann_-_informacoes_sobre_a_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_legislativa_no_74.2025_-_cleber_jonas_weschenfelder_-_andamento_da_obra_da_ponte_da_gruta.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_legislativa_no_75.2025_-_fabricio_wagner_-_construcao_de_escadaria_para_dar_acesso_ao_ginasio_municipal.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_legislativa_no_76.2025_-_rodrigo_andre_lunkes_-_instalacao_de_parquinho_infantil_perto_do_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_legislativa_no_77.2025_-_claudemir_a._amann_-_escoamento_na_rua_inacio_rippel.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_legislativa_no_78.2025_-_fabricio_wagner_-_criacao_de_lei_que_suporte_e_ampare_os_atletas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_legislativa_no_79.2025_-_cleber_j._weschenfelder_-_informacoes_referente_ao_campeonato_municipal.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_legislativa_no_80.2025_-_claudemir_antonio_amann_-_terraplanagem_na_area_institucional_no_loteamento_gnoato.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_legislativa_no_81.2025_-_flavio_markus_-_rolo_compactador_na_rua_jose_seibel_e_rua_do_morador_jandir_maran.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_legislativa_no_82.2025_-_claudemir_antonio_amann_-_hospedagem_para_pacientes_que_se_deslocam_a_florianopolis_joinville_blumenau_e_brusque.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_legislativa_no_83.2025_-_carlos_izidro_possatto_-_adquirir_distribuidor_de_adubo_solido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_legislativa_no_84.2025_-_carlos_izidro_possatto_-_fornecimento_de_maquinas_para_quem_planta_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_legislativa_no_85.2025_-_flavio_markus_-_realizar_manutencao_na_rodovia_ate_a_comunidade_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_legislativa_no_87.2025_-_carlos_izidro_possatto_-_pedido_de_esclarecimento_para_a_secretaria_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_legislativa_no_88.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_o_andamento_do_programa_para_dentro_da_porteira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_legislativa_no_89.2025_-_carlos_izidro_possatto_-_pedido_a_secretaria_de_obras_e_agricultura_sobre_servicos_em_propriedades_rurais.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_legislativa_no_90.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_a_reforma_da_ponte_do_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_legislativa_no_91.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_cartaz_levado_pelos_chefes_do_poder_executivo_durante_desfile.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_legislativa_no_92.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_se_o_sindicato_foi_consultado_quanto_ao_cartaz_levado_ao_desfile.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_legislativa_no_93.2025_-_lauri_doss_-_pedido_de_informacao_a_secretaria_da_educacao_referente_aos_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_legislativa_no_94.2025_-_flavio_markus_-_pedido_de_informacao_quanto_a_alimentacao_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_legislativa_no_95.2025_-_luiz_carlos_seibel_-_pedido_para_que_seja_efetuado_manutencao_dos_brinquedos_da_praca.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_legislativa_no_96.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_referente_ao_rendimento_dos_juros_que_rendeu_o_recurso_vinculado_a_ponte_do_baixo_arara.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_legislativa_no_97.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacoes_referente_as_obras_de_reforma_no_clube_da_linha_pessegueiro_baixo_arara_e_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_legislativa_no_98.2025_-_carlos_izidro_possatto_-_pedido_ao_dnit_para_fazer_reparos_na_linha_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_legislativa_no_99.2025_-_carlos_izidro_possatto_-_pedido_de_troca_dos_tubos_na_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_legislativa_no_100.2025_-_cleber_jonas_weschenfelder_-_pedido_de_solucao_para_a_falta_de_energia_eletrica_no_interior.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_legislativa_no_102.2025_-_claudemir_antonio_amann_-_pedido_de_informacoes_ao_dnit_sobre_via_periferica.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_legislativa_no_103.2025_-_claudemir_antonio_amann_-_indicacao_de_utilizacao_de_espacos_do_ginario_de_esportes_como_publicidade.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_legislativa_no_104.2025_-_flavio_markus_-_solicita_a_administracao_municipal_informacoes_sobre_o_calcamento_la_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_legislativa_no_105.2025_-_fabricio_wagner_-_indica_chamada_de_urgencia_para_contratacao_de_terapeuta_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_legislativa_no_106.2025_-_cleber_j._weschenfelder_-_indica_audiencia_publica_para_tratar_sobre_a_alimentacao_escolar_pnae.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_legislativa_no_107.2025_-_fabricio_wagner_-_indica_a_compra_de_uma_maquina_para_demarcacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_legislativa_no_108.2025_-_lauri_doss_-_indica_o_estacionamento_unilateral_na_av_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_legislativa_no_109.2025_-_flavio_markus_-_indicacao_para_atendimentos_domiciliares_de_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_legislativa_no_110.2025_-_cleber_j._weschenfelder_-_indica_previsao_de_aumento_de_salarios_na_loa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_legislativa_no_111.2025_-_cleber_j._weschenfelder_-_indica_acoes_paliativas_de_recuperacao_da_estrada_da_linha_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_legislativa_no_112.2025_-_cleber_j._weschenfelder_-_indica_acoes_de_recuperacao_da_estrada_da_linha_preta.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_legislativa_no_113.2025_-_lauri_doss_-_indica_a_construcao_de_passeio_na_rua_pedro_johann.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_legislativa_no_114.2025_-_claudemir_a._amann_-_dnit_indica_encaminhamento_de_oficio_para_obras_do_cruzamento_da_linha_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_legislativa_no_115.2025_-_rodrigo_a._lunkes-_dnit_indica_colocacao_de_rotatoria_no_cruzamento_da_la_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_legislativa_no_116.2025_-_bancada_mdb_-_revitalizacao_rua_pedro_johann.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_legislativa_no_117.2025_-_fabricio_wagner_-_indicacao_sobre_substituicao_de_pedras_da_praca_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_legislativa_no_118.2025_-_rodrigo_a._lunkes_-_indicacao_sobre_asfalto_no_loteamento_gnoatto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_legislativa_no_119.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_sobre_as_despesas_atuais_com_a_educacao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_legislativa_no_120.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_a_respeito_do_andamento_do_vale-alimentacao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_legislativa_no_121.2025_-_claudemir_a._amann_-_solicita_que_o_britamento_atraves_da_linha_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_legislativa_no_122.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_a_respeito_do_andamento_do_loteamento_....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_legislativa_no_123.2025_-_rodrigo_a._lunkes_-_solicita_estudo_para_implantacao_de_sistema_de_ventilacao_no_ginasio_municipal.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_apoio_hs.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1523/projeto_de_lei_047-2025_-_altera_dispositivo_da_lei_n._2.445-2017_que_cria_sistema_municipal_de_protecao_e_defesa_civil_simdec_o_conselho_municipal_de_protecao_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1521/projeto_de_lei_052-2025_-_dispoe_sobre_a_expansao_do_perimetro_urbano_do_municipio_guaruja_do_sul-sc.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1522/projeto_de_lei_053-2025_-_altera_a_lei_muicipal_no._2457-2015_que_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_054-2025_-_autoriza_a_alteracao_da_lei_orcamentaria_anual_atraves_da_abertura_de_um_credito_adicional_suplementar_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1529/projeto_de_lei_055-2025_-_acrescenta_o_art._19-a_a_lei_municipal_no._2.877-2024_que_aprovou_o_estudo_tecnico_socioambiental_-_etsa_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1532/projeto_de_lei_do_executivo_61-2025_-_institui_o_programa_bolsa_atleta_no_municipio_de_guaruja_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1536/projeto_de_lei_062-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1540/projeto_de_lei_do_executiv0_063-2025_-_autoriza_o_poder_executivo_municipal_a_efetuar_em_carater_indenizatorio_e_excepcional_o_pagam._correspondentes_a_creditos_de_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1541/projeto_de_lei_064-2025_-_concede_revisao_geral_anual_ao_funcionalismo_publico_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_do_executivo_76-2025_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_guaruja_do_sul_e_da_outras_previdencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1531/projeto_de_lei_complementar_120-2025_-_dispoe_sobre_a_criacao_de_politica_municipal_de_desenvolvimento_economico_e_inovacao_e_cria_programa_de_inovacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_complementar_121-2025_-_dispoe_sobre_a_regulamentacao_para_a_instalacao_e_uso_do_sistema_5g_no_municipio_de_guaruja_do_sul.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1533/prjeto_de_lei_complementar_122-2025_-_dispoe_sobre_as_regras_para_constituicao_e_funcionamento_de_ambiente_regulatorio_experimental_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_lei_complementar_123-2025_-_acresce_o_artigo_126-a_e_altera_a_tabela_xii_da_lei_complementar_n._47-2018_de_26_de_novembro_de_2018_que_dispoe_sobre_o_cod_tributario_do_mun._de_guaruja.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1539/projeto_de_lei_complementar_124-2025_-_altera_incisos_ii_e_iii_do_art._768-87_do_plano_fisico_territorial_de_guaruja_do_sul_de_30_de_setembro_de_1987.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1524/projeto_de_lei_do_legislativo_002-2025_-_projeto_de_lei_do_legislativo_declarar_de_utilidade_publica_a_associacao_desportiva_amigos_garra_-_adag.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_legislativa_no_01.2025_-_lauri_doss._custeio_da_hospedagem_para_pacientes_em_tratamento.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_legislativa_no_02.2025_-_bancada_do_pt._explicacoes_sobre_atendimentos_do_esf.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_legislativa_no_03.2025_-_claudemir_a._amann._iluminacao_e_supressao_de_galhos_da_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_legislativa_no_04.2025_-_claudemir_a._amann._aquisicao_de_um_triturador_de_galhos_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_legislativa_no_05.2025_-_claber_j._weschenfelder._fornecimento_de_agua_a_moradores_da_linha_novo_mundo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_legislativa_no_06.2025_-_marisa_i._v._bottini._instalacao_de_lombadas_redutoras_de_velocidade_na_rua_afonso_dinon.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_legislativa_no_07.2025_-_fabricio_wagner._instalacao_de_lombadas_redutoras_de_velocidade..docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_legislativa_no_08.2025_-_carlos_i._possatto._acesso_no_km_105_da_br_163.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_legislativa_no_09.2025_-_carlos_i._possatto._remocao_do_degrau_na_lateral_da_br_163_no_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_legislativa_no_10.2025_-_carlos_i._possatto._lombada_em_frente_a_escola_da_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_legislativa_no_11.2025_-_luiz_c._seibel._lombadas_na_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_legislativa_no_12.2025_-_cleber_j._weschenfelder._revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_legislativa_no_13.2025_-_marisa_bottini._limpeza_em_riacho.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_legislativa_no_14.2025_-_marisa_bottini._limpeza_da_estrada_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_legislativa_no_15.2025_-_flavio_markus_-_reparos_nas_estradas_do_bairro_esperanca.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_legislativa_no_16.2025_-_fabricio_wagner_-_solicita_explicacoes_ao_coordenador_do_samu.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_legislativa_no_17.2025_-_fabricio_wagner_-_implementacao_dos_cursos_do_senar.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_legislativa_no_18.2025_-_fabricio_wagner_-_contrata_mais_brasil.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_legislativa_no_19.2025_-_lauri_doss_-_alteracao_na_lombada_da_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_legislativa_no_20.2025_-_lauri_doss_-_instalacao_de_tachoes_na_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_legislativa_no_21.2025_-_luiz_c._seibel_-_reparos_no_asfalto_na_via_de_acesso_a_linha_pessegueiro.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_legislativa_no_22.2025_-_claudemir_a._amann_-_melhorias_no_canteiro_do_final_da_via_paralela_que_da_com_a_linha_pessegueiro_e_linha_taquarucu.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_legislativa_no_23.2025_-_claudemir_a._amann_-_avaliacao_da_obra_de_asfalto.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_legislativa_no_24.2025_-_marisa_bottini_-_acessibilidade_nos_passeios_publicos.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_legislativa_no_25.2025_-_cleber_j._weschenfelder_-_contratacao_dos_controladores_de_acesso.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_legislativa_no_26.2025_-_cleber_j._weschenfelder_-_pagamento_do_bonus_agricola.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_legislativa_no_27.2025_-_flavio_markus_-_troca_de_tubos_na_rua_parana.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_legislativa_no_28.2025_-_luiz_carlos_seibel_-_estender_a_licenca_maternidade_das_servidoras_temporarias.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_legislativa_no_29.2025_-_claudemir_antonio_amann_-_liberar_internet_as_pessoas_que_utilizam_o_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_legislativa_no_30.2025_-_fabricio_wagner_-_coleta_de_lixo_no_interior.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_legislativa_no_31.2025_-_fabricio_wagner_-_prioridade_as_empresas_do_municipio_nas_licitacoes.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_legislativa_no_32.2025_-_claudemir_a._amann_-_pagamento_de_precatorios_pela_administracao.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_legislativa_no_33.2025_-_fabricio_wagner_-_instalacao_de_sinalizacao_no_loteamento_gnoato.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_legislativa_no_34.2025_-_marisa_bottini_-_manutencao_da_praca_municipal.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_legislativa_no_35.2025_-_flavio_markus_-_informacoes_acerca_do_destino_dos_entulhos_recolhidos.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/ata_da_8a_sessao_ordinaria_da_16a_legislatura.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_legislativa_no_37.2025_-_flavio_markus_-_reforcou_o_pedido_sobre_as_mudancas_realizadas_no_esf.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_legislativa_no_38.2025_-_marcio_a._foggiatto_-_estacionamentos_compartilhados.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_legislativa_no_39.2025_-_claudemir_a._amann_-_dados_do_valor_gasto_no_financiamento_finisa.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_legislativa_no_40.2025_-_claudemir_a._amann_-_estacionamento_obliquo_na_rua_otavio_diehl.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_legislativa_no_41.2025_-_lauri_doss_-_projeto_pro-autismo.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_legislativa_no_42.2025_-_cleber_j._weschenfelder_-_informacoes_sobre_as_consultas_oftalmologicas.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_legislativa_no_43.2025_-_fabricio_wagner_-_contratacao_de_terapeuta_ocupacional.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_legislativa_no_44.2025_-_claudemir_a._amann_-_substituicao_do_calcamento_por_pavers.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_legislativa_no_45.2025_-_cleber_j._weschenfleder_-_projeto_pro-autismo.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_legislativa_no_46.2025_-_flavio_markus_-_placas_de_identificacao_nas_ruas_do_loteamento_jardim_italia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_legislativa_no_47.2025_-_luiz_c._seibel_-_abrigo_de_passageiros_na_rua_inacio_grimm.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_legislativa_no_48.2025_-_luiz_c._seibel_-_placas_de_identificacao_nas_comunidades_do_interior.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_legislativa_no_49.2025_-_flavio_markus_-_esclarecimentos_sobre_andamento_de_licitacao.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_legislativa_no_50.2025_-_lauri_doss_-_transporte_de_atletas_da_escolinha_chapecoense.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_legislativa_no_51.2025_-_cleber_j._weschenfelder_-_audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_legislativa_no_52.2025_-_luiz_c._seibel_-_informacoes_sobre_a_obra_do_clube_da_linha_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_legislativa_no_53.2025_-_carlos_i._possatto_-_incentivo_a_empresas_do_municipio_em_licitacoes.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_legislativa_no_54.2025_-_adavilson_da_rosa_-_manutencoes_na_linha_maidana.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_legislativa_no_55.2025_-_flavio_markus_-_informacoes_sobre_usinas_solares.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_legislativa_no_56.2025_-_cleber_j._weschenfelder_-_contratacao_de_professor_de_danca_alema.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_legislativa_no_57.2025_-_lauri_doss_-_reparos_nas_ruas_darci_cavalier_e_nicolau_aloisio_lermen.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_legislativa_no_58.2025_-_carlos_i._possatto_-_instalacao_de_quebra_molas_na_rua_presdiente_vargas.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_legislativa_no_59.2025_-_flavio_markus_-_instalacao_de_lombada_na_rua_presidente_vargas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_legislativa_no_60.2025_-_flavio_markus_-_padronizacao_da_avenida_joao_pessoa.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_legislativa_no_61.2025_-_fabricio_wagner_-_instalacao_de_redutor_de_velocidade_proximo_ao_trevo.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_legislativa_no_62.2025_-_claudemir_a._amann_-_instalacao_de_ponto_de_carregamento_eletrico.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_legislativa_no_63.2025_-_carlos_i._possatto_-_aquisicao_de_conjunto_de_conchas_para_os_tratores.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_legislativa_no_64.2025_-_carlos_i._possatto_-_instalacao_de_agua_na_linha_novo_mundo.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_legislativa_no_65.2025_-_flavio_markus_-_troca_de_tubos_na_rua_parana.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_legislativa_no_66.2025_-_cleber_j._weschenfelder_-_retomada_da_politica_publica_de_execucao_deas_calcadas.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_legislativa_no_67.2025_-_luiz_c._seibel_-_alteracao_na_forma_de_pagamento_do_abono_assiduidade.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_legislativa_no_68.2025_-_fabricio_wagner_-_criacao_de_projeto_de_coscinetizacao_sobre_o_lixo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_legislativa_no_69.2025_-_flavio_markus_-_instalacao_de_lixeira_grande.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_legislativa_no_70.2025_-_cleber_j._weschenfedler_-_informacoes_sobre_licitacao_de_esportes.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_legislativa_no_71.2025_-_fabricio_wagner_-_manutencoes_no_bairro_mirassol.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_legislativa_no_72.2025_-_flavio_markus_-_reparos_na_rua_dionisio_caramori.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_legislativa_no_73.2025_-_claudemir_antonio_amann_-_informacoes_sobre_a_rua_coberta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_legislativa_no_74.2025_-_cleber_jonas_weschenfelder_-_andamento_da_obra_da_ponte_da_gruta.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_legislativa_no_75.2025_-_fabricio_wagner_-_construcao_de_escadaria_para_dar_acesso_ao_ginasio_municipal.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_legislativa_no_76.2025_-_rodrigo_andre_lunkes_-_instalacao_de_parquinho_infantil_perto_do_campo_municipal.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_legislativa_no_77.2025_-_claudemir_a._amann_-_escoamento_na_rua_inacio_rippel.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_legislativa_no_78.2025_-_fabricio_wagner_-_criacao_de_lei_que_suporte_e_ampare_os_atletas_do_municipio.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_legislativa_no_79.2025_-_cleber_j._weschenfelder_-_informacoes_referente_ao_campeonato_municipal.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_legislativa_no_80.2025_-_claudemir_antonio_amann_-_terraplanagem_na_area_institucional_no_loteamento_gnoato.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_legislativa_no_81.2025_-_flavio_markus_-_rolo_compactador_na_rua_jose_seibel_e_rua_do_morador_jandir_maran.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_legislativa_no_82.2025_-_claudemir_antonio_amann_-_hospedagem_para_pacientes_que_se_deslocam_a_florianopolis_joinville_blumenau_e_brusque.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_legislativa_no_83.2025_-_carlos_izidro_possatto_-_adquirir_distribuidor_de_adubo_solido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_legislativa_no_84.2025_-_carlos_izidro_possatto_-_fornecimento_de_maquinas_para_quem_planta_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_legislativa_no_85.2025_-_flavio_markus_-_realizar_manutencao_na_rodovia_ate_a_comunidade_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_legislativa_no_87.2025_-_carlos_izidro_possatto_-_pedido_de_esclarecimento_para_a_secretaria_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_legislativa_no_88.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_o_andamento_do_programa_para_dentro_da_porteira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_legislativa_no_89.2025_-_carlos_izidro_possatto_-_pedido_a_secretaria_de_obras_e_agricultura_sobre_servicos_em_propriedades_rurais.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_legislativa_no_90.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_a_reforma_da_ponte_do_baixo_arara.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_legislativa_no_91.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_sobre_cartaz_levado_pelos_chefes_do_poder_executivo_durante_desfile.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_legislativa_no_92.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_se_o_sindicato_foi_consultado_quanto_ao_cartaz_levado_ao_desfile.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_legislativa_no_93.2025_-_lauri_doss_-_pedido_de_informacao_a_secretaria_da_educacao_referente_aos_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_legislativa_no_94.2025_-_flavio_markus_-_pedido_de_informacao_quanto_a_alimentacao_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_legislativa_no_95.2025_-_luiz_carlos_seibel_-_pedido_para_que_seja_efetuado_manutencao_dos_brinquedos_da_praca.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_legislativa_no_96.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacao_referente_ao_rendimento_dos_juros_que_rendeu_o_recurso_vinculado_a_ponte_do_baixo_arara.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_legislativa_no_97.2025_-_cleber_jonas_weschenfelder_-_pedido_de_informacoes_referente_as_obras_de_reforma_no_clube_da_linha_pessegueiro_baixo_arara_e_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_legislativa_no_98.2025_-_carlos_izidro_possatto_-_pedido_ao_dnit_para_fazer_reparos_na_linha_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_legislativa_no_99.2025_-_carlos_izidro_possatto_-_pedido_de_troca_dos_tubos_na_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_legislativa_no_100.2025_-_cleber_jonas_weschenfelder_-_pedido_de_solucao_para_a_falta_de_energia_eletrica_no_interior.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_legislativa_no_102.2025_-_claudemir_antonio_amann_-_pedido_de_informacoes_ao_dnit_sobre_via_periferica.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_legislativa_no_103.2025_-_claudemir_antonio_amann_-_indicacao_de_utilizacao_de_espacos_do_ginario_de_esportes_como_publicidade.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_legislativa_no_104.2025_-_flavio_markus_-_solicita_a_administracao_municipal_informacoes_sobre_o_calcamento_la_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_legislativa_no_105.2025_-_fabricio_wagner_-_indica_chamada_de_urgencia_para_contratacao_de_terapeuta_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_legislativa_no_106.2025_-_cleber_j._weschenfelder_-_indica_audiencia_publica_para_tratar_sobre_a_alimentacao_escolar_pnae.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_legislativa_no_107.2025_-_fabricio_wagner_-_indica_a_compra_de_uma_maquina_para_demarcacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_legislativa_no_108.2025_-_lauri_doss_-_indica_o_estacionamento_unilateral_na_av_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_legislativa_no_109.2025_-_flavio_markus_-_indicacao_para_atendimentos_domiciliares_de_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_legislativa_no_110.2025_-_cleber_j._weschenfelder_-_indica_previsao_de_aumento_de_salarios_na_loa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_legislativa_no_111.2025_-_cleber_j._weschenfelder_-_indica_acoes_paliativas_de_recuperacao_da_estrada_da_linha_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_legislativa_no_112.2025_-_cleber_j._weschenfelder_-_indica_acoes_de_recuperacao_da_estrada_da_linha_preta.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_legislativa_no_113.2025_-_lauri_doss_-_indica_a_construcao_de_passeio_na_rua_pedro_johann.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_legislativa_no_114.2025_-_claudemir_a._amann_-_dnit_indica_encaminhamento_de_oficio_para_obras_do_cruzamento_da_linha_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_legislativa_no_115.2025_-_rodrigo_a._lunkes-_dnit_indica_colocacao_de_rotatoria_no_cruzamento_da_la_pessegueiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_legislativa_no_116.2025_-_bancada_mdb_-_revitalizacao_rua_pedro_johann.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_legislativa_no_117.2025_-_fabricio_wagner_-_indicacao_sobre_substituicao_de_pedras_da_praca_municipal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_legislativa_no_118.2025_-_rodrigo_a._lunkes_-_indicacao_sobre_asfalto_no_loteamento_gnoatto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_legislativa_no_119.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_sobre_as_despesas_atuais_com_a_educacao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_legislativa_no_120.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_a_respeito_do_andamento_do_vale-alimentacao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_legislativa_no_121.2025_-_claudemir_a._amann_-_solicita_que_o_britamento_atraves_da_linha_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_legislativa_no_122.2025_-_cleber_j._weschenfelder_-_solicita_informacoes_a_respeito_do_andamento_do_loteamento_....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_legislativa_no_123.2025_-_rodrigo_a._lunkes_-_solicita_estudo_para_implantacao_de_sistema_de_ventilacao_no_ginasio_municipal.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_apoio_hs.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1546/mocao_de_apelo_12.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1523/projeto_de_lei_047-2025_-_altera_dispositivo_da_lei_n._2.445-2017_que_cria_sistema_municipal_de_protecao_e_defesa_civil_simdec_o_conselho_municipal_de_protecao_e_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1521/projeto_de_lei_052-2025_-_dispoe_sobre_a_expansao_do_perimetro_urbano_do_municipio_guaruja_do_sul-sc.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1522/projeto_de_lei_053-2025_-_altera_a_lei_muicipal_no._2457-2015_que_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_054-2025_-_autoriza_a_alteracao_da_lei_orcamentaria_anual_atraves_da_abertura_de_um_credito_adicional_suplementar_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1529/projeto_de_lei_055-2025_-_acrescenta_o_art._19-a_a_lei_municipal_no._2.877-2024_que_aprovou_o_estudo_tecnico_socioambiental_-_etsa_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1532/projeto_de_lei_do_executivo_61-2025_-_institui_o_programa_bolsa_atleta_no_municipio_de_guaruja_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1536/projeto_de_lei_062-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1540/projeto_de_lei_do_executiv0_063-2025_-_autoriza_o_poder_executivo_municipal_a_efetuar_em_carater_indenizatorio_e_excepcional_o_pagam._correspondentes_a_creditos_de_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1541/projeto_de_lei_064-2025_-_concede_revisao_geral_anual_ao_funcionalismo_publico_para_o_exercicio_de_2026_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1547/projeto_de_lei_065-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1549/projeto_de_lei_066-2025_-_dispoe_sobre_a_criacao_do_programa_municipal_de_incentivo_ao_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_do_executivo_76-2025_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_guaruja_do_sul_e_da_outras_previdencias.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1531/projeto_de_lei_complementar_120-2025_-_dispoe_sobre_a_criacao_de_politica_municipal_de_desenvolvimento_economico_e_inovacao_e_cria_programa_de_inovacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_complementar_121-2025_-_dispoe_sobre_a_regulamentacao_para_a_instalacao_e_uso_do_sistema_5g_no_municipio_de_guaruja_do_sul.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1533/prjeto_de_lei_complementar_122-2025_-_dispoe_sobre_as_regras_para_constituicao_e_funcionamento_de_ambiente_regulatorio_experimental_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_lei_complementar_123-2025_-_acresce_o_artigo_126-a_e_altera_a_tabela_xii_da_lei_complementar_n._47-2018_de_26_de_novembro_de_2018_que_dispoe_sobre_o_cod_tributario_do_mun._de_guaruja.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1539/projeto_de_lei_complementar_124-2025_-_altera_incisos_ii_e_iii_do_art._768-87_do_plano_fisico_territorial_de_guaruja_do_sul_de_30_de_setembro_de_1987.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1548/projeto_de_lei_complementar_125-2025_-_altera_o_numero_de_cargos_pertencentes_a_lei_complementar_2002-2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1524/projeto_de_lei_do_legislativo_002-2025_-_projeto_de_lei_do_legislativo_declarar_de_utilidade_publica_a_associacao_desportiva_amigos_garra_-_adag.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/materialegislativa/2025/1545/projeto_de_lei_do_legislativo_003-2025_-_concede_reajuste_anual_aos_servidores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H147"/>
+  <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -5499,466 +5547,596 @@
       </c>
       <c r="D129" t="s">
         <v>515</v>
       </c>
       <c r="E129" t="s">
         <v>516</v>
       </c>
       <c r="F129" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H129" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>527</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>206</v>
+        <v>64</v>
       </c>
       <c r="D130" t="s">
+        <v>515</v>
+      </c>
+      <c r="E130" t="s">
+        <v>516</v>
+      </c>
+      <c r="F130" t="s">
+        <v>47</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="E130" t="s">
+      <c r="H130" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>530</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>206</v>
+      </c>
+      <c r="D131" t="s">
+        <v>531</v>
+      </c>
+      <c r="E131" t="s">
         <v>532</v>
-      </c>
-[...10 lines deleted...]
-        <v>529</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H131" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>535</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D132" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E132" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H132" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>538</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D133" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E133" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H133" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>541</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="D134" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E134" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H134" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>544</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D135" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E135" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>365</v>
+        <v>545</v>
       </c>
       <c r="H135" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D136" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E136" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>547</v>
+        <v>365</v>
       </c>
       <c r="H136" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>549</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D137" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E137" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H137" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>552</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D138" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E138" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="F138" t="s">
+        <v>532</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>555</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>271</v>
+      </c>
+      <c r="D139" t="s">
+        <v>531</v>
+      </c>
+      <c r="E139" t="s">
+        <v>532</v>
+      </c>
+      <c r="F139" t="s">
         <v>556</v>
-      </c>
-[...13 lines deleted...]
-        <v>553</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>557</v>
       </c>
       <c r="H139" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>559</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>323</v>
+        <v>275</v>
       </c>
       <c r="D140" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E140" t="s">
-        <v>529</v>
+        <v>532</v>
+      </c>
+      <c r="F140" t="s">
+        <v>556</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>560</v>
       </c>
       <c r="H140" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>562</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>495</v>
+        <v>279</v>
       </c>
       <c r="D141" t="s">
+        <v>531</v>
+      </c>
+      <c r="E141" t="s">
+        <v>532</v>
+      </c>
+      <c r="F141" t="s">
+        <v>556</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="E141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H141" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>564</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>283</v>
+      </c>
+      <c r="D142" t="s">
+        <v>531</v>
+      </c>
+      <c r="E142" t="s">
+        <v>532</v>
+      </c>
+      <c r="F142" t="s">
+        <v>556</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H142" t="s">
         <v>566</v>
-      </c>
-[...16 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>567</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>323</v>
+      </c>
+      <c r="D143" t="s">
+        <v>531</v>
+      </c>
+      <c r="E143" t="s">
+        <v>532</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H143" t="s">
         <v>569</v>
-      </c>
-[...16 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>570</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>495</v>
+      </c>
+      <c r="D144" t="s">
+        <v>571</v>
+      </c>
+      <c r="E144" t="s">
         <v>572</v>
       </c>
-      <c r="B144" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G144" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H144" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>574</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>499</v>
+      </c>
+      <c r="D145" t="s">
+        <v>571</v>
+      </c>
+      <c r="E145" t="s">
+        <v>572</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="B145" t="s">
-[...11 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>577</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>503</v>
+      </c>
+      <c r="D146" t="s">
+        <v>571</v>
+      </c>
+      <c r="E146" t="s">
+        <v>572</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="H146" t="s">
         <v>579</v>
-      </c>
-[...13 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>580</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>507</v>
+      </c>
+      <c r="D147" t="s">
+        <v>571</v>
+      </c>
+      <c r="E147" t="s">
+        <v>572</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H147" t="s">
         <v>582</v>
       </c>
-      <c r="B147" t="s">
-[...2 lines deleted...]
-      <c r="C147" t="s">
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>583</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>511</v>
+      </c>
+      <c r="D148" t="s">
+        <v>571</v>
+      </c>
+      <c r="E148" t="s">
+        <v>572</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H148" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>586</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>587</v>
+      </c>
+      <c r="D149" t="s">
+        <v>571</v>
+      </c>
+      <c r="E149" t="s">
+        <v>572</v>
+      </c>
+      <c r="F149" t="s">
+        <v>556</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H149" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>590</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>591</v>
+      </c>
+      <c r="D150" t="s">
+        <v>571</v>
+      </c>
+      <c r="E150" t="s">
+        <v>572</v>
+      </c>
+      <c r="F150" t="s">
+        <v>556</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H150" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>594</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
         <v>17</v>
       </c>
-      <c r="D147" t="s">
-[...5 lines deleted...]
-      <c r="F147" t="s">
+      <c r="D151" t="s">
+        <v>595</v>
+      </c>
+      <c r="E151" t="s">
+        <v>596</v>
+      </c>
+      <c r="F151" t="s">
         <v>324</v>
       </c>
-      <c r="G147" s="1" t="s">
-[...3 lines deleted...]
-        <v>586</v>
+      <c r="G151" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H151" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>599</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>22</v>
+      </c>
+      <c r="D152" t="s">
+        <v>595</v>
+      </c>
+      <c r="E152" t="s">
+        <v>596</v>
+      </c>
+      <c r="F152" t="s">
+        <v>600</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H152" t="s">
+        <v>602</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6065,50 +6243,55 @@
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>