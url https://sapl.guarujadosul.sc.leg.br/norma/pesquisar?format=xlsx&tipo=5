--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -10,86 +10,100 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="170">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3237</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+  </si>
+  <si>
+    <t>"ALTERA REDAÇÃO DOS INCISOS I E II DO ARTIGO 88 E CAPUT DO ARTIGO 212, DA RESOLUÇÃO Nº 01, DE 27 DE MARÇO DE 2024, QUE_x000D_
+ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS_x000D_
+PROVIDÊNCIAS."</t>
+  </si>
+  <si>
     <t>3116</t>
   </si>
   <si>
     <t>2024</t>
-  </si>
-[...7 lines deleted...]
-    <t>Resolução</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS INCISOS I E II DO ARTIGO 88 E CAPUT DO ARTIGO 212, DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>2022</t>
   </si>
@@ -855,56 +869,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:G48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="249.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -951,1102 +965,1126 @@
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G14" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>75</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B20" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G20" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G21" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C22" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B24" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="C24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C25" t="s">
         <v>95</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G25" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>98</v>
       </c>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s">
         <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G26" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>102</v>
       </c>
       <c r="B27" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C28" t="s">
         <v>31</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G28" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G29" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C30" t="s">
         <v>39</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G30" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G31" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C32" t="s">
         <v>47</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G32" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G33" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G34" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B35" t="s">
+        <v>94</v>
+      </c>
+      <c r="C35" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G35" t="s">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C37" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>31</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G38" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B39" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G39" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>141</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B41" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s">
         <v>43</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G42" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
         <v>47</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G44" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G45" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B46" t="s">
-        <v>160</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>161</v>
       </c>
       <c r="G46" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>163</v>
       </c>
       <c r="B47" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C47" t="s">
+        <v>24</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="G47" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" t="s">
+        <v>164</v>
+      </c>
+      <c r="C48" t="s">
         <v>9</v>
       </c>
-      <c r="D47" t="s">
-[...9 lines deleted...]
-        <v>165</v>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G48" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
     <hyperlink ref="F37" r:id="rId36"/>
     <hyperlink ref="F38" r:id="rId37"/>
     <hyperlink ref="F39" r:id="rId38"/>
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
+    <hyperlink ref="F48" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>