--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -48,521 +48,521 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>"ALTERA REDAÇÃO DOS INCISOS I E II DO ARTIGO 88 E CAPUT DO ARTIGO 212, DA RESOLUÇÃO Nº 01, DE 27 DE MARÇO DE 2024, QUE_x000D_
 ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS INCISOS I E II DO ARTIGO 88 E CAPUT DO ARTIGO 212, DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL - SC A EFETUAR DESPESAS COM DESLOCAMENTO PARA OS VEREADORES MIRINS.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx</t>
   </si>
   <si>
     <t>CRIA A “GALERIA CÂMARA FOTOGRÁFICA” NO SITE OFICIAL DO PODER LEGISLATIVO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O REGIMENTO INTERNO DOS VEREADORES MIRINS DA CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO DE DEFESA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA NO ÂMBITO DA CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, ALTERANDO A RESOLUÇÃO, Nº 06, DE 15 DE DEZEMBRO DE 2015 – REGIMENTO INTERNO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS INCISOS I E II DO ARTIGO 88 DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 212 DA RESOLUÇÃO Nº 06, DE 15 DE DEZEMBRO DE 2015, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx</t>
   </si>
   <si>
     <t>CRIA A “GALERIA LILÁS” E INSTITUI O MÊS DE MARÇO COMO O MÊS DA MULHER NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, e DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSMISSÃO DE SESSÕES PELAS REDES SOCIAIS OFICIAIS DA CÂMARA DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA AO PATRIMÔNIO DO PODER EXECUTIVO DE BENS MÓVEIS POR OBSOLESCÊNCIA OU IMPRESTABILIDADE QUE RELACIONA, PERTENCENTES À CÂMARA MUNICIPAL DE GUARUJÁ DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx</t>
   </si>
   <si>
     <t>FIXA O VENCIMENTO DO SECRETÁRIO EXECUTIVO DA CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx</t>
   </si>
   <si>
     <t>“REGULAMENTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL, SC, A APLICAÇÃO DA LEI FEDERAL Nº 13.460, DE 26 DE JUNHO DE 2017, DEFINE A ORGANIZAÇÃO E O FUNCIONAMENTO DA OUVIDORIA LEGISLATIVA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS MEIOS OFICIAIS DE PUBLICAÇÃO DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx</t>
   </si>
   <si>
     <t>APROVA OS FERIADOS MUNICIPAIS DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx</t>
   </si>
   <si>
     <t>ESTABELECE EXPEDIENTE ADMINISTRATIVO EM TURNO ÚNICO.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA FUNÇÃO GRATIFICADA NO QUADRO DOS CARGOS DE PROVIMENTO EFETIVO DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE PRORROGAÇÃO DA LICENÇA À GESTANTE E À ADOTANTE NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx</t>
   </si>
   <si>
     <t>“ALTERA REDAÇÃO DO CAPUT DO ARTIGO 212 E REDAÇÃO DOS INCISOS, I E II DO ARTIGO 88 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA”.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx</t>
   </si>
   <si>
     <t>APROVA OS FERIADOS MUNICIPAIS DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE GUARUJÁ DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx</t>
   </si>
   <si>
     <t>INSTITUI A MEDALHA DO MÉRITO DESPORTIVO JOÃO PANEGAZ DO PODER LEGISLATIVO MUNICIPAL DE GUARUJÁ DO SUL-SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx</t>
   </si>
   <si>
     <t>CRIA A MEDALHA DE HONRA AO MÉRITO DR. TIMÓTEO DAVILA PEREIRA DO PODER LEGISLATIVO MUNICIPAL DE GUARUJÁ DO SUL-SC, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx</t>
   </si>
   <si>
     <t>OFICIALIZA A GALERIA DE EX-PRESIDENTES DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx</t>
   </si>
   <si>
     <t>REVOGA RESOLUÇÃO N. 005/90 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx</t>
   </si>
   <si>
     <t>ESTABELECE BANCO DE HORAS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO SECRETÁRIO EXECUTIVO DA CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O PERÍODO DE 1º DE JANEIRO DE 2017 A 31 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE BENS MÓVEIS PARA A ASSOCIAÇÃO BENEFICENTE DE VOLUNTÁRIAS NA SAÚDE BRAÇOS E ABRAÇOS</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx</t>
   </si>
   <si>
     <t>Aprova os Feriados Municipais do Município de Guarujá do Sul, Estado de Santa Catarina para o exercício de 2016.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf</t>
   </si>
   <si>
     <t>Estabelece expediente administrativo em turno único.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de bens inservíveis/antieconômicos e dá outras providências.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx</t>
   </si>
   <si>
     <t>Autoriza Destinação de entulhos, em forma de doação, dá outras providências.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE BENS MÓVEIS PARA A ASSOCIAÇÃO DE DANÇAS FOLCLÓRICAS ITALO-GERMÂNICAS DANZATORI DEL ZAUBER</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de bens móveis para o Fundo Municipal da Assistência Social do Município de Guarujá do Sul, Estado de Santa Catarina, e dá outras providências.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf</t>
   </si>
   <si>
     <t>Instala Comissão Especial na Câmara Municipal de Vereadores do Município de Guarujá do Sul, Estado de Santa Catarina para realizar a revisão da Lei Orgânica do Município e do regimento Interno da Câmara.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf</t>
   </si>
   <si>
     <t>Delibera sobre os dias e hora das Sessões Ordinárias da Câmara Municipal de Vereadores do Município de Guarujá do Sul, Estado de Santa Catarina, para a 13ª Legislatura a partir do dia 23 de Março de 2015.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bens móveis para a Associação dos Pais e Amigos dos Excepcionais - APAE.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos Municípios como órgão de publicação legal da Câmara Municipal de Vereadores de Guarujá do Sul, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf</t>
   </si>
   <si>
     <t>Instala as Comissões Permanentes na Câmara Municipal de Vereadores do Município de Guarujá do Sul, Estado de Santa Catarina para o biênio de 2015/2016.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf</t>
   </si>
   <si>
     <t>APROVA OS FERIADOS MUNICIPAIS DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf</t>
   </si>
   <si>
     <t>CONFERE HOMENAGEM DE HONRA AO MÉRITO A CIDADÃOS DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -869,66 +869,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3116/resolucao_no_01.2024.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3044/resolucao_no_01.2023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3000/1657903347_resoluo_n_02.2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2999/1656433536_resoluo_n_01.2022_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2952/resolucao_08.2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2944/1636745635_redao_final_ao_projeto_de_resoluo_n_07.2021__galeria_cmara_fotogrfica.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2934/pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2924/resolucao_no_05.2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2912/resolucao_no_04.2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2910/resolucao_n._03.2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2899/resolucao_no_02.2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2896/resolucao_no_01.2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2850/resolucao_n.02.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2805/resolucao_n.01.2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2893/resolucao_02.2019.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2546/projeto-de-resolu-o-n.-01.2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2547/resolu-o-n-06.2017.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2548/resolu-o-n-05.2017.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2549/resolu-o-n-04.2017.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2551/resolu-o-n-02.2017.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2550/resolu-o-n-03.2017.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2552/resolu-o-n-01.2017.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2545/resolucao_no_11.2016.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2779/resolucao_n.10.2016-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2544/resolucao_no_09.2016.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2543/resolucao_no_08.2016.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2542/resolucao_no_07.2016.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2541/resolucao_no_06.2016.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2540/resolucao_no_05.2016.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2539/resolucao_no_04.2016.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2538/resolucao_no_03.2016.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2537/resolucao_no_02.2016.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2016/2536/resolucao_no_01.2016.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2892/resolucao_11.2015.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2787/resolucao_n.10.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2785/resolucao_n.08.2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2891/resolucao_07.2015.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2788/resolucao_n.12.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2786/resolucao_n.09.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2784/resolucao_n.05.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2783/resolucao_n.04.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2782/resolucao_n.03.2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2781/resolucao_n.02.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2780/resolucao_n.01.2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2961/resolucao_no_02.2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2014/2960/resolucao_no_01.2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="153.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="152.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="249.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>