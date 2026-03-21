--- v0 (2025-10-18)
+++ v1 (2026-03-21)
@@ -10,675 +10,708 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="219">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3243</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2026/3243/1772195620_decreto_legislativo_n._02.2026_aprova_contas_do_exprefeito.pdf</t>
+  </si>
+  <si>
+    <t>"APROVA A PRESTAÇÃO DE CONTAS ANUAL DO EX-PREFEITO CLÁUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2024".</t>
+  </si>
+  <si>
+    <t>3240</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2026/3240/1771095107_decreto_legislativo_n._01.2026__ponto_facultativo_carnaval_extrato.pdf</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3238</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3238/1766530063_decreto_legislativo_n._05.2024__ponto_facultativo_final_de_ano_extrato.pdf</t>
+  </si>
+  <si>
+    <t>3239</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3239/1766174931_decreto_legislativo_n._06.2025_extrato.pdf</t>
+  </si>
+  <si>
+    <t>APROVA PLANO DE CONTRATAÇÃO ANUAL DA CÂMARA MUNICIPAL DE VEREADORES DE GUARUJÁ DO SUL/SC, PARA O EXERCÍCIO DE 2026 E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>3187</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>3</t>
   </si>
   <si>
-    <t>DL</t>
-[...5 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3187/decreto_legislativo_n._03.2025_concessao_de_medalha_de_honra_pastor_ademir.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3187/decreto_legislativo_n._03.2025_concessao_de_medalha_de_honra_pastor_ademir.docx</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE ORDEM AO MÉRITO DO LEGISLATIVO MUNICIPAL, DR. TIMÓTEO DAVILA PEREIRA, AO SENHOR ADEMIR JOSÉ PEDROSO.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3186/decreto_legislativo_n._02.2025_luto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3186/decreto_legislativo_n._02.2025_luto.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>1</t>
-[...2 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3185/decreto_legislativo_n._01.2025.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3185/decreto_legislativo_n._01.2025.docx</t>
   </si>
   <si>
     <t>APROVA PLANO DE CONTRATAÇÃO ANUAL_x000D_
 DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
 DE GUARUJÁ DO SUL/SC, PARA O_x000D_
 EXERCÍCIO DE 2025 E ESTABELECE_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3184/decreto_12.2024_.__ponto_facultativo_31.12.docx</t>
-[...2 lines deleted...]
-    <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3184/decreto_12.2024_.__ponto_facultativo_31.12.docx</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3183/decreto_11.2024_.__ponto_facultativo_fim_de_ano.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3183/decreto_11.2024_.__ponto_facultativo_fim_de_ano.docx</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3182/decreto_legislativo_n._10.2024_luto_._roberta..docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3182/decreto_legislativo_n._10.2024_luto_._roberta..docx</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3181/decreto_09.2024_ponto_facultativo_dia_do_servidor_publico.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3181/decreto_09.2024_ponto_facultativo_dia_do_servidor_publico.docx</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/</t>
   </si>
   <si>
     <t>“AUTORIZA A CAMARA DE VEREADORES DO MUNICÍPIO DE GUARUJÁ DO SUL/SC A FIRMAR TERMO DE COOPERAÇÃO TÉCNICA PARA PARTICIPAÇÃO NAS LICITAÇÕES COMPARTILHADAS DO CONDER – CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL.”</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3140/decreto_07.2024_aprova_prest_de_contas_2023_correto.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3140/decreto_07.2024_aprova_prest_de_contas_2023_correto.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3138/decreto_06.2024__ponto_facultativo_26.07.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3138/decreto_06.2024__ponto_facultativo_26.07.docx</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>3120</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3120/decreto_legislativo_n._04.2024_luto_._werner_walber.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3120/decreto_legislativo_n._04.2024_luto_._werner_walber.docx</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3119/decreto_legislativo_n._03.2024_luto_._lucia_davila.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3119/decreto_legislativo_n._03.2024_luto_._lucia_davila.docx</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3118/decreto_02.2024__ponto_facultativo_05.03.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3118/decreto_02.2024__ponto_facultativo_05.03.docx</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3117/decreto_01.2024_aprova_prest_de_contas.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3117/decreto_01.2024_aprova_prest_de_contas.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3106/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3106/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3105/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3105/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx</t>
   </si>
   <si>
     <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3087/decreto_04.2023_.__ponto_facultativo_finados.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3087/decreto_04.2023_.__ponto_facultativo_finados.docx</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3052/decreto_legislativo_n._02.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3052/decreto_legislativo_n._02.2022.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3048/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3048/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3031/1672337623_decreto_legislativo_n._08.2022_p._facultativo.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3031/1672337623_decreto_legislativo_n._08.2022_p._facultativo.docx</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3023/decreto_07.2022_turno_unico.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3023/decreto_07.2022_turno_unico.docx</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3022/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3022/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx</t>
   </si>
   <si>
     <t>CONCEDE PREMIAÇÃO "ALUNO NOTA DEZ", PARA OS ESTUDANTES DO ENSINO FUNDAMENTAL E MÉDIO DAS REDES DE ENSINO DO MUNICÍPIO DE GUARUJÁ DO SUL.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3012/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3012/decreto_legislativo_n._05.2022_luto_._lourdes.docx</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2998/decreto_legislativo_n._04.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2998/decreto_legislativo_n._04.2022.docx</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2997/1648729720_decreto_legislativo_n._03.2022.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2997/1648729720_decreto_legislativo_n._03.2022.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2996/1647884140_decreto_legislativo_n._02.2021_luto_._keno.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2996/1647884140_decreto_legislativo_n._02.2021_luto_._keno.docx</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2995/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2995/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2957/decreto_legislativo_n._07.2021.pdf</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2957/decreto_legislativo_n._07.2021.pdf</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2940/1635511660_decreto_legislativo_n._06.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2940/1635511660_decreto_legislativo_n._06.2021.docx</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2938/decreto_legislativo_n._05.2021.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2938/decreto_legislativo_n._05.2021.docx</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2932/1632252539_decreto_04.2021__me_mrio_pagno.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2932/1632252539_decreto_04.2021__me_mrio_pagno.docx</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2923/1628506185_decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2923/1628506185_decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx</t>
   </si>
   <si>
     <t>DECRETA  LUTO  OFICIAL.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2918/1626188908_decreto_legislativo_n._02.2021_luto_darci_hart.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2918/1626188908_decreto_legislativo_n._02.2021_luto_darci_hart.docx</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2900/decreto_legislativo_no.01.21.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2900/decreto_legislativo_no.01.21.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2901/decreto_legislativo_n._06.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2901/decreto_legislativo_n._06.2020.docx</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E RECESSO ADMINISTRATIVO NO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2859/decreto_05.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2859/decreto_05.2020.docx</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2858/decreto_04.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2858/decreto_04.2020.docx</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2814/decreto_legislativo_03.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2814/decreto_legislativo_03.2020.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2856/decreto_02.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2856/decreto_02.2020.docx</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2857/decreto_01.2020.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2857/decreto_01.2020.docx</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2865/decreto_legislativo_n._06.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2865/decreto_legislativo_n._06.2019.docx</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2864/decreto_legislativo_n._05.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2864/decreto_legislativo_n._05.2019.docx</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2863/decreto_legislativo_n._04.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2863/decreto_legislativo_n._04.2019.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO CLAUDIO JUNIOR WESCHENFELDER, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2862/decreto_legislativo_n._03.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2862/decreto_legislativo_n._03.2019.docx</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2861/decreto_02.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2861/decreto_02.2019.docx</t>
   </si>
   <si>
     <t>DECRETA TURNO ÚNICO AO EXPEDIENTE ADMINISTRATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2860/decreto_01.2019.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2860/decreto_01.2019.docx</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2879/decreto_legislativo_n._14.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2879/decreto_legislativo_n._14.2018.docx</t>
   </si>
   <si>
     <t>DECRETA RECESSO ADMINISTRATIVO, PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2878/decreto_legislativo_n._13.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2878/decreto_legislativo_n._13.2018.docx</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2877/decreto_legislativo_n._12.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2877/decreto_legislativo_n._12.2018.docx</t>
   </si>
   <si>
     <t>CONVOCA MEMBROS DA COMISSÃO MUNICIPAL DO CONCURSO PÚBLICO, EDITAL 001/2018 DO PODER LEGISLATIVO MUNICIPAL PARA AUXILIAR OS TRABALHOS NA REALIZAÇÃO DO REFERIDO CONCURSO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2876/decreto_legislativo_n._11.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2876/decreto_legislativo_n._11.2018.docx</t>
   </si>
   <si>
     <t>DECRETA QUE NÃO HAVERÁ ATENDIMENTO EXTERNO NA CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2875/decreto_legislativo_n._10.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2875/decreto_legislativo_n._10.2018.docx</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2874/decreto_legislativo_n._09.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2874/decreto_legislativo_n._09.2018.docx</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2873/decreto_legislativo_n._08.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2873/decreto_legislativo_n._08.2018.docx</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2872/decreto_legislativo_n._07.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2872/decreto_legislativo_n._07.2018.docx</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2871/decreto_legislativo_n._06.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2871/decreto_legislativo_n._06.2018.docx</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2870/decreto_legislativo_n._05.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2870/decreto_legislativo_n._05.2018.docx</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2869/decreto_legislativo_n._04.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2869/decreto_legislativo_n._04.2018.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO JOSÉ CARLOS FOIATTO, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2868/decreto_legislativo_n._03.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2868/decreto_legislativo_n._03.2018.docx</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2867/decreto_legislativo_n._02.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2867/decreto_legislativo_n._02.2018.docx</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2866/decreto_legislativo_n._01.2018.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2866/decreto_legislativo_n._01.2018.docx</t>
   </si>
   <si>
     <t>DECRETA A REVOGAÇÃO DO TURNO ÚNICO NO EXPEDIENTE ADMINISTRATIVO DA CÂMARA.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2887/decreto_10.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2887/decreto_10.2017.docx</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2886/decreto_08.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2886/decreto_08.2017.docx</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2885/decreto_07.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2885/decreto_07.2017.docx</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2884/decreto_06.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2884/decreto_06.2017.docx</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2883/decreto_05.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2883/decreto_05.2017.docx</t>
   </si>
   <si>
     <t>APROVA A CONCESSÃO DA MEDALHA DE ORDEM DO MÉRITO LEGISLATIVO MUNICIPAL, DR. TIMÓTEO DAVILA PEREIRA, A SENHORA DARCI MARIA LINK ZIMMER.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2882/decreto_04.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2882/decreto_04.2017.docx</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS ANUAL DO PREFEITO JOSÉ CARLOS FOIATTO, DO MUNICÍPIO DE GUARUJÁ DO SUL, ESTADO DE SANTA CATARINA, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2881/decreto_03.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2881/decreto_03.2017.docx</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2880/decreto_02.2017.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2880/decreto_02.2017.docx</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2889/decreto_37.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2889/decreto_37.2015.docx</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Anual do Município de Guarujá do Sul, Estado de Santa Catarina, relativas ao Exercício Financeiro de 2014.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2888/decreto_29.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2888/decreto_29.2015.docx</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Anual do Município de Guarujá do Sul, Estado de Santa Catarina, relativas ao Exercício Financeiro de 2013.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2890/decreto_07.2015.docx</t>
+    <t>http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2890/decreto_07.2015.docx</t>
   </si>
   <si>
     <t>Aprova a Apresentação de Proposta de Emenda à Constituição Estadual, alterando o Inciso I do § 2º e o § 3º do Art. 155 da Constituição do Estado de Santa Catarina, para o fim de fixar percentual de recursos a ser aplicado em ações e serviços públicos de saúde e estabelece outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -985,66 +1018,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3187/decreto_legislativo_n._03.2025_concessao_de_medalha_de_honra_pastor_ademir.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3186/decreto_legislativo_n._02.2025_luto.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3185/decreto_legislativo_n._01.2025.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3184/decreto_12.2024_.__ponto_facultativo_31.12.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3183/decreto_11.2024_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3182/decreto_legislativo_n._10.2024_luto_._roberta..docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3181/decreto_09.2024_ponto_facultativo_dia_do_servidor_publico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3140/decreto_07.2024_aprova_prest_de_contas_2023_correto.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3138/decreto_06.2024__ponto_facultativo_26.07.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3120/decreto_legislativo_n._04.2024_luto_._werner_walber.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3119/decreto_legislativo_n._03.2024_luto_._lucia_davila.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3118/decreto_02.2024__ponto_facultativo_05.03.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3117/decreto_01.2024_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3106/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3105/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3087/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3052/decreto_legislativo_n._02.2022.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3048/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3031/1672337623_decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3023/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3022/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3012/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2998/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2997/1648729720_decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2996/1647884140_decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2995/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2957/decreto_legislativo_n._07.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2940/1635511660_decreto_legislativo_n._06.2021.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2938/decreto_legislativo_n._05.2021.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2932/1632252539_decreto_04.2021__me_mrio_pagno.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2923/1628506185_decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2918/1626188908_decreto_legislativo_n._02.2021_luto_darci_hart.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2900/decreto_legislativo_no.01.21.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2901/decreto_legislativo_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2859/decreto_05.2020.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2858/decreto_04.2020.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2814/decreto_legislativo_03.2020.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2856/decreto_02.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2857/decreto_01.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2865/decreto_legislativo_n._06.2019.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2864/decreto_legislativo_n._05.2019.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2863/decreto_legislativo_n._04.2019.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2862/decreto_legislativo_n._03.2019.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2861/decreto_02.2019.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2860/decreto_01.2019.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2879/decreto_legislativo_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2878/decreto_legislativo_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2877/decreto_legislativo_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2876/decreto_legislativo_n._11.2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2875/decreto_legislativo_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2874/decreto_legislativo_n._09.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2873/decreto_legislativo_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2872/decreto_legislativo_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2871/decreto_legislativo_n._06.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2870/decreto_legislativo_n._05.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2869/decreto_legislativo_n._04.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2868/decreto_legislativo_n._03.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2867/decreto_legislativo_n._02.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2866/decreto_legislativo_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2887/decreto_10.2017.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2886/decreto_08.2017.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2885/decreto_07.2017.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2884/decreto_06.2017.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2883/decreto_05.2017.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2882/decreto_04.2017.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2881/decreto_03.2017.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2880/decreto_02.2017.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2889/decreto_37.2015.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2888/decreto_29.2015.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2890/decreto_07.2015.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2026/3243/1772195620_decreto_legislativo_n._02.2026_aprova_contas_do_exprefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2026/3240/1771095107_decreto_legislativo_n._01.2026__ponto_facultativo_carnaval_extrato.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3238/1766530063_decreto_legislativo_n._05.2024__ponto_facultativo_final_de_ano_extrato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3239/1766174931_decreto_legislativo_n._06.2025_extrato.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3187/decreto_legislativo_n._03.2025_concessao_de_medalha_de_honra_pastor_ademir.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3186/decreto_legislativo_n._02.2025_luto.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2025/3185/decreto_legislativo_n._01.2025.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3184/decreto_12.2024_.__ponto_facultativo_31.12.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3183/decreto_11.2024_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3182/decreto_legislativo_n._10.2024_luto_._roberta..docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3181/decreto_09.2024_ponto_facultativo_dia_do_servidor_publico.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3140/decreto_07.2024_aprova_prest_de_contas_2023_correto.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3138/decreto_06.2024__ponto_facultativo_26.07.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3120/decreto_legislativo_n._04.2024_luto_._werner_walber.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3119/decreto_legislativo_n._03.2024_luto_._lucia_davila.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3118/decreto_02.2024__ponto_facultativo_05.03.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2024/3117/decreto_01.2024_aprova_prest_de_contas.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3106/decreto_06.2023_.__ponto_facultativo_fim_de_ano.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3105/decreto_05.2022_turno_unico_fim_de_ano_e_janeiro.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3087/decreto_04.2023_.__ponto_facultativo_finados.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3052/decreto_legislativo_n._02.2022.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2023/3048/decreto_01.2023_ponto_facultativo_quinta-feira_santa.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3031/1672337623_decreto_legislativo_n._08.2022_p._facultativo.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3023/decreto_07.2022_turno_unico.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3022/decreto_legislativo_n._06.2022_-_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/3012/decreto_legislativo_n._05.2022_luto_._lourdes.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2998/decreto_legislativo_n._04.2022.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2997/1648729720_decreto_legislativo_n._03.2022.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2996/1647884140_decreto_legislativo_n._02.2021_luto_._keno.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2022/2995/decreto_legislativo_n._01.202__luto_armindo_gregianin.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2957/decreto_legislativo_n._07.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2940/1635511660_decreto_legislativo_n._06.2021.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2938/decreto_legislativo_n._05.2021.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2932/1632252539_decreto_04.2021__me_mrio_pagno.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2923/1628506185_decreto_legislativo_n._03.2021_luto_sidnei_da_rosa.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2918/1626188908_decreto_legislativo_n._02.2021_luto_darci_hart.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2021/2900/decreto_legislativo_no.01.21.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2901/decreto_legislativo_n._06.2020.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2859/decreto_05.2020.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2858/decreto_04.2020.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2814/decreto_legislativo_03.2020.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2856/decreto_02.2020.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2020/2857/decreto_01.2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2865/decreto_legislativo_n._06.2019.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2864/decreto_legislativo_n._05.2019.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2863/decreto_legislativo_n._04.2019.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2862/decreto_legislativo_n._03.2019.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2861/decreto_02.2019.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2019/2860/decreto_01.2019.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2879/decreto_legislativo_n._14.2018.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2878/decreto_legislativo_n._13.2018.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2877/decreto_legislativo_n._12.2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2876/decreto_legislativo_n._11.2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2875/decreto_legislativo_n._10.2018.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2874/decreto_legislativo_n._09.2018.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2873/decreto_legislativo_n._08.2018.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2872/decreto_legislativo_n._07.2018.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2871/decreto_legislativo_n._06.2018.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2870/decreto_legislativo_n._05.2018.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2869/decreto_legislativo_n._04.2018.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2868/decreto_legislativo_n._03.2018.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2867/decreto_legislativo_n._02.2018.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2018/2866/decreto_legislativo_n._01.2018.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2887/decreto_10.2017.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2886/decreto_08.2017.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2885/decreto_07.2017.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2884/decreto_06.2017.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2883/decreto_05.2017.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2882/decreto_04.2017.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2881/decreto_03.2017.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2017/2880/decreto_02.2017.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2889/decreto_37.2015.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2888/decreto_29.2015.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guarujadosul.sc.leg.br/media/sapl/public/normajuridica/2015/2890/decreto_07.2015.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="149.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="151" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1078,1676 +1111,1768 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="G7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="1" t="s">
+      <c r="G8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
         <v>44</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" t="s">
         <v>47</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B15" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" t="s">
         <v>23</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G15" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B16" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="G16" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G17" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G19" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>67</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="G20" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G21" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" t="s">
         <v>71</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G22" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G23" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="G24" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G25" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G26" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>84</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C27" t="s">
         <v>50</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G27" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G28" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G29" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G30" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B31" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G31" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G32" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B33" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G33" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G34" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G35" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G36" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G37" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G38" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>114</v>
+      </c>
+      <c r="B39" t="s">
+        <v>105</v>
+      </c>
+      <c r="C39" t="s">
+        <v>27</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B39" t="s">
-[...11 lines deleted...]
-      <c r="F39" s="1" t="s">
+      <c r="G39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>117</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G40" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>119</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G41" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>122</v>
       </c>
       <c r="B42" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G42" t="s">
-        <v>26</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G43" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C44" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G44" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B45" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G45" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G46" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B47" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G47" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B48" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G48" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G49" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C50" t="s">
+        <v>61</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="1" t="s">
+      <c r="G50" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" t="s">
+        <v>138</v>
+      </c>
+      <c r="C52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G52" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B53" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G53" t="s">
-        <v>154</v>
+        <v>111</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>152</v>
+      </c>
+      <c r="B54" t="s">
+        <v>153</v>
+      </c>
+      <c r="C54" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B54" t="s">
-[...11 lines deleted...]
-      <c r="F54" s="1" t="s">
+      <c r="G54" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>157</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>34</v>
+        <v>158</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G55" t="s">
-        <v>154</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G56" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
         <v>41</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G57" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G58" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>168</v>
+      </c>
+      <c r="B59" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" t="s">
+        <v>47</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G59" t="s">
         <v>165</v>
-      </c>
-[...16 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B60" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
         <v>50</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="G60" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B61" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G61" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B62" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G62" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B63" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G63" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="C64" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>179</v>
       </c>
       <c r="G64" t="s">
-        <v>26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B65" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G65" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B66" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="C66" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G66" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B67" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="C67" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G67" t="s">
-        <v>64</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B68" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="C68" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G68" t="s">
-        <v>188</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
+        <v>191</v>
+      </c>
+      <c r="B69" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C69" t="s">
         <v>50</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G69" t="s">
-        <v>191</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="C70" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G70" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G71" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B72" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D72" t="s">
-[...5 lines deleted...]
-      <c r="F72" s="1" t="s">
+      <c r="G72" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>200</v>
+      </c>
+      <c r="B73" t="s">
+        <v>189</v>
+      </c>
+      <c r="C73" t="s">
+        <v>61</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="G73" t="s">
         <v>202</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>203</v>
+      </c>
+      <c r="B74" t="s">
+        <v>189</v>
+      </c>
+      <c r="C74" t="s">
+        <v>27</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
         <v>205</v>
       </c>
-      <c r="B74" t="s">
-[...11 lines deleted...]
-      <c r="F74" s="1" t="s">
+      <c r="B75" t="s">
+        <v>189</v>
+      </c>
+      <c r="C75" t="s">
+        <v>9</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="G74" t="s">
+      <c r="G75" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" t="s">
         <v>207</v>
+      </c>
+      <c r="B76" t="s">
+        <v>208</v>
+      </c>
+      <c r="C76" t="s">
+        <v>209</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="G76" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" t="s">
+        <v>212</v>
+      </c>
+      <c r="B77" t="s">
+        <v>208</v>
+      </c>
+      <c r="C77" t="s">
+        <v>213</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="G77" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" t="s">
+        <v>216</v>
+      </c>
+      <c r="B78" t="s">
+        <v>208</v>
+      </c>
+      <c r="C78" t="s">
+        <v>54</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G78" t="s">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2781,50 +2906,54 @@
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
     <hyperlink ref="F67" r:id="rId66"/>
     <hyperlink ref="F68" r:id="rId67"/>
     <hyperlink ref="F69" r:id="rId68"/>
     <hyperlink ref="F70" r:id="rId69"/>
     <hyperlink ref="F71" r:id="rId70"/>
     <hyperlink ref="F72" r:id="rId71"/>
     <hyperlink ref="F73" r:id="rId72"/>
     <hyperlink ref="F74" r:id="rId73"/>
+    <hyperlink ref="F75" r:id="rId74"/>
+    <hyperlink ref="F76" r:id="rId75"/>
+    <hyperlink ref="F77" r:id="rId76"/>
+    <hyperlink ref="F78" r:id="rId77"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>