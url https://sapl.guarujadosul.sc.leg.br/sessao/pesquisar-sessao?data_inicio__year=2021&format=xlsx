--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -39,600 +39,600 @@
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2021-12-16</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t>19:44</t>
   </si>
   <si>
-    <t>5ª EXTRAORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>5ª Sessão Extraordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>2021-12-14</t>
   </si>
   <si>
     <t>20:40</t>
   </si>
   <si>
-    <t>43ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>43ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>2021-12-02</t>
   </si>
   <si>
     <t>20:17</t>
   </si>
   <si>
-    <t>42ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>42ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>2021-11-29</t>
   </si>
   <si>
     <t>19:22</t>
   </si>
   <si>
-    <t>41ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>41ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>2021-11-18</t>
   </si>
   <si>
     <t>19:49</t>
   </si>
   <si>
-    <t>40ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>40ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>2021-11-11</t>
   </si>
   <si>
     <t>19:47</t>
   </si>
   <si>
-    <t>39ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>39ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>2021-11-04</t>
   </si>
   <si>
     <t>19:45</t>
   </si>
   <si>
-    <t>38ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>38ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>19:50</t>
   </si>
   <si>
-    <t>37ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>37ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>2021-10-21</t>
   </si>
   <si>
     <t>19:42</t>
   </si>
   <si>
     <t>20:52</t>
   </si>
   <si>
-    <t>36ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>36ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>2021-10-14</t>
   </si>
   <si>
     <t>19:34</t>
   </si>
   <si>
-    <t>35ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>35ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>2021-10-07</t>
   </si>
   <si>
     <t>19:52</t>
   </si>
   <si>
-    <t>34ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>34ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2021-09-30</t>
   </si>
   <si>
-    <t>33ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>33ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2021-09-23</t>
   </si>
   <si>
     <t>20:12</t>
   </si>
   <si>
-    <t>32ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>32ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2021-09-16</t>
   </si>
   <si>
-    <t>31ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>31ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>2021-09-09</t>
   </si>
   <si>
     <t>20:01</t>
   </si>
   <si>
-    <t>30ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>30ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>2021-09-02</t>
   </si>
   <si>
     <t>19:33</t>
   </si>
   <si>
-    <t>29ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>29ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>2021-08-26</t>
   </si>
   <si>
-    <t>28ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>28ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>2021-08-19</t>
   </si>
   <si>
     <t>16:36</t>
   </si>
   <si>
-    <t>27ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>27ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>2021-08-12</t>
   </si>
   <si>
-    <t>26ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>26ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>2021-08-05</t>
   </si>
   <si>
     <t>19:53</t>
   </si>
   <si>
-    <t>25ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>25ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2021-07-15</t>
   </si>
   <si>
-    <t>24ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>24ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>2021-07-08</t>
   </si>
   <si>
-    <t>23ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>23ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
   <si>
     <t>20:06</t>
   </si>
   <si>
-    <t>22ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>22ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>2021-06-24</t>
   </si>
   <si>
     <t>20:07</t>
   </si>
   <si>
-    <t>21ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>21ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>2021-06-17</t>
   </si>
   <si>
-    <t>20ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>20ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>2021-06-10</t>
   </si>
   <si>
     <t>19:43</t>
   </si>
   <si>
-    <t>19ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>19ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>2021-06-03</t>
   </si>
   <si>
-    <t>18ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>18ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2021-05-27</t>
   </si>
   <si>
-    <t>17ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>17ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>2021-05-20</t>
   </si>
   <si>
-    <t>16ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>16ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>2021-05-11</t>
   </si>
   <si>
     <t>20:16</t>
   </si>
   <si>
-    <t>15ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>15ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2021-05-04</t>
   </si>
   <si>
     <t>20:08</t>
   </si>
   <si>
-    <t>14ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>14ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>2021-04-27</t>
   </si>
   <si>
     <t>19:20</t>
   </si>
   <si>
-    <t>13ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>13ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>2021-04-22</t>
   </si>
   <si>
     <t>19:24</t>
   </si>
   <si>
-    <t>4ª EXTRAORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>4ª Sessão Extraordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>2021-04-20</t>
   </si>
   <si>
-    <t>12ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>12ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2021-04-13</t>
   </si>
   <si>
-    <t>11ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>11ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2021-04-06</t>
   </si>
   <si>
     <t>20:02</t>
   </si>
   <si>
-    <t>10ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>10ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>2021-03-30</t>
   </si>
   <si>
     <t>20:26</t>
   </si>
   <si>
-    <t>9ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>9ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2021-03-23</t>
   </si>
   <si>
     <t>20:19</t>
   </si>
   <si>
-    <t>8ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>8ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>2021-03-16</t>
   </si>
   <si>
-    <t>7ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>7ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>2021-03-10</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
     <t>18:49</t>
   </si>
   <si>
-    <t>3ª EXTRAORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>3ª Sessão Extraordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>2021-03-09</t>
   </si>
   <si>
     <t>19:25</t>
   </si>
   <si>
-    <t>6ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>6ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2021-03-02</t>
   </si>
   <si>
     <t>19:30</t>
   </si>
   <si>
-    <t>5ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>5ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2021-02-26</t>
   </si>
   <si>
     <t>18:30</t>
   </si>
   <si>
-    <t>4ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>4ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>2021-02-16</t>
   </si>
   <si>
     <t>19:58</t>
   </si>
   <si>
-    <t>3ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>3ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2021-02-09</t>
   </si>
   <si>
     <t>20:05</t>
   </si>
   <si>
-    <t>2ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>2ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2021-02-02</t>
   </si>
   <si>
-    <t>1ª ORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>1ª Sessão Ordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>19:28</t>
   </si>
   <si>
-    <t>2ª EXTRAORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>2ª Sessão Extraordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>2021-01-04</t>
   </si>
   <si>
     <t>19:15</t>
   </si>
   <si>
-    <t>1ª EXTRAORDINÁRIA da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>1ª Sessão Extraordinária da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
-    <t>2ª SOLENE da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>2ª Sessão Solene da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
-    <t>1ª SOLENE da 1ª Sessão Legislativa da 15ª Legislatura</t>
+    <t>1ª Sessão Solene da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -935,51 +935,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="56.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="60.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>